--- v0 (2026-01-28)
+++ v1 (2026-03-21)
@@ -5,92 +5,98 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\IFP_NEW\1_DANE\1_03_Databazy\02_Danove_prijmy_web\2015\novy_web\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{6BCEFE6F-1295-408D-8DF7-904EFAD5FFB1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{53A10413-08DC-42AA-BF9C-F5DEDC218376}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="18240" activeTab="2" xr2:uid="{3229EA05-A582-4BBE-ABA8-CB065FCABAC0}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="16440" activeTab="2" xr2:uid="{FA02C17E-9087-4C61-8CDB-6D923FC080EC}"/>
   </bookViews>
   <sheets>
     <sheet name="cash rocny" sheetId="1" r:id="rId1"/>
     <sheet name="akrual rocny" sheetId="2" r:id="rId2"/>
     <sheet name="cash mesacny" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'cash mesacny'!$A$1:$I$137</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="N360" i="3" l="1"/>
+  <c r="N362" i="3" l="1"/>
+  <c r="L362" i="3"/>
+  <c r="N361" i="3"/>
+  <c r="M361" i="3"/>
+  <c r="L361" i="3"/>
+  <c r="N360" i="3"/>
+  <c r="M360" i="3"/>
   <c r="L360" i="3"/>
   <c r="N359" i="3"/>
   <c r="M359" i="3"/>
   <c r="L359" i="3"/>
   <c r="N358" i="3"/>
   <c r="M358" i="3"/>
   <c r="L358" i="3"/>
   <c r="N357" i="3"/>
   <c r="M357" i="3"/>
   <c r="L357" i="3"/>
   <c r="N356" i="3"/>
   <c r="M356" i="3"/>
   <c r="L356" i="3"/>
   <c r="N355" i="3"/>
   <c r="M355" i="3"/>
   <c r="L355" i="3"/>
   <c r="N354" i="3"/>
   <c r="M354" i="3"/>
   <c r="L354" i="3"/>
   <c r="N353" i="3"/>
   <c r="M353" i="3"/>
   <c r="L353" i="3"/>
   <c r="N352" i="3"/>
   <c r="M352" i="3"/>
   <c r="L352" i="3"/>
@@ -975,51 +981,55 @@
   <c r="L27" i="3"/>
   <c r="L26" i="3"/>
   <c r="L25" i="3"/>
   <c r="L24" i="3"/>
   <c r="L23" i="3"/>
   <c r="L22" i="3"/>
   <c r="L21" i="3"/>
   <c r="L20" i="3"/>
   <c r="L19" i="3"/>
   <c r="L18" i="3"/>
   <c r="L17" i="3"/>
   <c r="L16" i="3"/>
   <c r="L15" i="3"/>
   <c r="L14" i="3"/>
   <c r="L13" i="3"/>
   <c r="L12" i="3"/>
   <c r="L11" i="3"/>
   <c r="L10" i="3"/>
   <c r="L9" i="3"/>
   <c r="L8" i="3"/>
   <c r="L7" i="3"/>
   <c r="L6" i="3"/>
   <c r="L5" i="3"/>
   <c r="L4" i="3"/>
   <c r="L3" i="3"/>
+  <c r="AA44" i="2"/>
+  <c r="Z44" i="2"/>
   <c r="Y44" i="2"/>
+  <c r="S44" i="2"/>
+  <c r="R44" i="2"/>
   <c r="Q44" i="2"/>
   <c r="K44" i="2"/>
   <c r="J44" i="2"/>
   <c r="I44" i="2"/>
   <c r="H44" i="2"/>
   <c r="G44" i="2"/>
   <c r="F44" i="2"/>
   <c r="E44" i="2"/>
   <c r="AD43" i="2"/>
   <c r="AC43" i="2"/>
   <c r="AB43" i="2"/>
   <c r="W43" i="2"/>
   <c r="V43" i="2"/>
   <c r="U43" i="2"/>
   <c r="T43" i="2"/>
   <c r="S43" i="2"/>
   <c r="R43" i="2"/>
   <c r="Q43" i="2"/>
   <c r="P43" i="2"/>
   <c r="O43" i="2"/>
   <c r="N43" i="2"/>
   <c r="M43" i="2"/>
   <c r="L43" i="2"/>
   <c r="AD42" i="2"/>
   <c r="AC42" i="2"/>
@@ -1053,98 +1063,98 @@
   <c r="L41" i="2"/>
   <c r="AD40" i="2"/>
   <c r="AC40" i="2"/>
   <c r="AB40" i="2"/>
   <c r="W40" i="2"/>
   <c r="V40" i="2"/>
   <c r="U40" i="2"/>
   <c r="T40" i="2"/>
   <c r="S40" i="2"/>
   <c r="R40" i="2"/>
   <c r="Q40" i="2"/>
   <c r="P40" i="2"/>
   <c r="O40" i="2"/>
   <c r="N40" i="2"/>
   <c r="M40" i="2"/>
   <c r="L40" i="2"/>
   <c r="AE36" i="2"/>
   <c r="AE44" i="2" s="1"/>
   <c r="AD36" i="2"/>
   <c r="AD44" i="2" s="1"/>
   <c r="AC36" i="2"/>
   <c r="AC44" i="2" s="1"/>
   <c r="AB36" i="2"/>
   <c r="AB44" i="2" s="1"/>
   <c r="AA36" i="2"/>
-  <c r="AA44" i="2" s="1"/>
   <c r="Z36" i="2"/>
-  <c r="Z44" i="2" s="1"/>
   <c r="Y36" i="2"/>
   <c r="X36" i="2"/>
   <c r="X44" i="2" s="1"/>
   <c r="W36" i="2"/>
   <c r="W44" i="2" s="1"/>
   <c r="V36" i="2"/>
   <c r="V44" i="2" s="1"/>
   <c r="U36" i="2"/>
   <c r="U44" i="2" s="1"/>
   <c r="T36" i="2"/>
   <c r="T44" i="2" s="1"/>
   <c r="S36" i="2"/>
-  <c r="S44" i="2" s="1"/>
   <c r="R36" i="2"/>
-  <c r="R44" i="2" s="1"/>
   <c r="Q36" i="2"/>
   <c r="P36" i="2"/>
   <c r="P44" i="2" s="1"/>
   <c r="O36" i="2"/>
   <c r="O44" i="2" s="1"/>
   <c r="N36" i="2"/>
   <c r="N44" i="2" s="1"/>
   <c r="M36" i="2"/>
   <c r="M44" i="2" s="1"/>
   <c r="L36" i="2"/>
   <c r="L44" i="2" s="1"/>
   <c r="AE31" i="2"/>
+  <c r="Z31" i="2"/>
+  <c r="Y31" i="2"/>
+  <c r="X31" i="2"/>
   <c r="W31" i="2"/>
+  <c r="Q31" i="2"/>
+  <c r="P31" i="2"/>
   <c r="O31" i="2"/>
+  <c r="I31" i="2"/>
+  <c r="H31" i="2"/>
   <c r="G31" i="2"/>
   <c r="AE30" i="2"/>
   <c r="AD30" i="2"/>
   <c r="AD31" i="2" s="1"/>
   <c r="AC30" i="2"/>
   <c r="AC31" i="2" s="1"/>
   <c r="AB30" i="2"/>
   <c r="AB31" i="2" s="1"/>
   <c r="AA30" i="2"/>
   <c r="AA31" i="2" s="1"/>
   <c r="Z30" i="2"/>
-  <c r="Z31" i="2" s="1"/>
   <c r="Y30" i="2"/>
-  <c r="Y31" i="2" s="1"/>
   <c r="X30" i="2"/>
-  <c r="X31" i="2" s="1"/>
   <c r="W30" i="2"/>
   <c r="V30" i="2"/>
   <c r="U30" i="2"/>
   <c r="T30" i="2"/>
   <c r="S30" i="2"/>
   <c r="R30" i="2"/>
   <c r="Q30" i="2"/>
   <c r="P30" i="2"/>
   <c r="O30" i="2"/>
   <c r="N30" i="2"/>
   <c r="M30" i="2"/>
   <c r="L30" i="2"/>
   <c r="K30" i="2"/>
   <c r="J30" i="2"/>
   <c r="I30" i="2"/>
   <c r="H30" i="2"/>
   <c r="G30" i="2"/>
   <c r="F30" i="2"/>
   <c r="E30" i="2"/>
   <c r="D30" i="2"/>
   <c r="C30" i="2"/>
   <c r="B30" i="2"/>
   <c r="W29" i="2"/>
   <c r="V29" i="2"/>
   <c r="U29" i="2"/>
@@ -1157,68 +1167,64 @@
   <c r="N29" i="2"/>
   <c r="M29" i="2"/>
   <c r="L29" i="2"/>
   <c r="K29" i="2"/>
   <c r="J29" i="2"/>
   <c r="I29" i="2"/>
   <c r="H29" i="2"/>
   <c r="G29" i="2"/>
   <c r="F29" i="2"/>
   <c r="E29" i="2"/>
   <c r="D29" i="2"/>
   <c r="C29" i="2"/>
   <c r="B29" i="2"/>
   <c r="W28" i="2"/>
   <c r="V28" i="2"/>
   <c r="V31" i="2" s="1"/>
   <c r="U28" i="2"/>
   <c r="U31" i="2" s="1"/>
   <c r="T28" i="2"/>
   <c r="T31" i="2" s="1"/>
   <c r="S28" i="2"/>
   <c r="S31" i="2" s="1"/>
   <c r="R28" i="2"/>
   <c r="R31" i="2" s="1"/>
   <c r="Q28" i="2"/>
-  <c r="Q31" i="2" s="1"/>
   <c r="P28" i="2"/>
-  <c r="P31" i="2" s="1"/>
   <c r="O28" i="2"/>
   <c r="N28" i="2"/>
   <c r="N31" i="2" s="1"/>
   <c r="M28" i="2"/>
   <c r="M31" i="2" s="1"/>
   <c r="L28" i="2"/>
   <c r="L31" i="2" s="1"/>
   <c r="K28" i="2"/>
   <c r="K31" i="2" s="1"/>
   <c r="J28" i="2"/>
   <c r="J31" i="2" s="1"/>
   <c r="I28" i="2"/>
-  <c r="I31" i="2" s="1"/>
   <c r="H28" i="2"/>
-  <c r="H31" i="2" s="1"/>
   <c r="G28" i="2"/>
   <c r="F28" i="2"/>
   <c r="F31" i="2" s="1"/>
   <c r="E28" i="2"/>
   <c r="E31" i="2" s="1"/>
   <c r="D28" i="2"/>
   <c r="D31" i="2" s="1"/>
   <c r="C28" i="2"/>
   <c r="C31" i="2" s="1"/>
   <c r="B28" i="2"/>
   <c r="B31" i="2" s="1"/>
   <c r="J18" i="2"/>
   <c r="I18" i="2"/>
   <c r="H18" i="2"/>
   <c r="G18" i="2"/>
   <c r="F18" i="2"/>
   <c r="E18" i="2"/>
   <c r="D18" i="2"/>
   <c r="AE17" i="2"/>
   <c r="AD17" i="2"/>
   <c r="AC17" i="2"/>
   <c r="AB17" i="2"/>
   <c r="AA17" i="2"/>
   <c r="Z17" i="2"/>
   <c r="Y17" i="2"/>
@@ -1281,459 +1287,459 @@
   <c r="AB13" i="2"/>
   <c r="W13" i="2"/>
   <c r="V13" i="2"/>
   <c r="U13" i="2"/>
   <c r="T13" i="2"/>
   <c r="S13" i="2"/>
   <c r="R13" i="2"/>
   <c r="Q13" i="2"/>
   <c r="P13" i="2"/>
   <c r="AE12" i="2"/>
   <c r="AD12" i="2"/>
   <c r="AC12" i="2"/>
   <c r="AB12" i="2"/>
   <c r="W12" i="2"/>
   <c r="V12" i="2"/>
   <c r="U12" i="2"/>
   <c r="T12" i="2"/>
   <c r="S12" i="2"/>
   <c r="R12" i="2"/>
   <c r="Q12" i="2"/>
   <c r="P12" i="2"/>
   <c r="W11" i="2"/>
   <c r="V11" i="2"/>
   <c r="U11" i="2"/>
   <c r="T11" i="2"/>
-  <c r="T3" i="2" s="1"/>
   <c r="S11" i="2"/>
   <c r="R11" i="2"/>
   <c r="Q11" i="2"/>
   <c r="P11" i="2"/>
   <c r="Z10" i="2"/>
   <c r="W10" i="2"/>
+  <c r="W4" i="2" s="1"/>
+  <c r="W3" i="2" s="1"/>
   <c r="V10" i="2"/>
   <c r="V4" i="2" s="1"/>
   <c r="V3" i="2" s="1"/>
   <c r="U10" i="2"/>
   <c r="T10" i="2"/>
   <c r="S10" i="2"/>
   <c r="R10" i="2"/>
   <c r="Q10" i="2"/>
   <c r="P10" i="2"/>
+  <c r="P4" i="2" s="1"/>
+  <c r="P3" i="2" s="1"/>
   <c r="AE5" i="2"/>
   <c r="AD5" i="2"/>
   <c r="AC5" i="2"/>
+  <c r="AC4" i="2" s="1"/>
+  <c r="AC3" i="2" s="1"/>
   <c r="AB5" i="2"/>
+  <c r="AB4" i="2" s="1"/>
+  <c r="AB3" i="2" s="1"/>
   <c r="AA5" i="2"/>
   <c r="AA4" i="2" s="1"/>
   <c r="AA3" i="2" s="1"/>
   <c r="Z5" i="2"/>
   <c r="Y5" i="2"/>
   <c r="X5" i="2"/>
   <c r="W5" i="2"/>
   <c r="V5" i="2"/>
   <c r="U5" i="2"/>
+  <c r="U4" i="2" s="1"/>
+  <c r="U3" i="2" s="1"/>
   <c r="T5" i="2"/>
+  <c r="T4" i="2" s="1"/>
+  <c r="T3" i="2" s="1"/>
   <c r="S5" i="2"/>
   <c r="S4" i="2" s="1"/>
   <c r="S3" i="2" s="1"/>
   <c r="R5" i="2"/>
   <c r="Q5" i="2"/>
   <c r="P5" i="2"/>
   <c r="O5" i="2"/>
   <c r="N5" i="2"/>
   <c r="M5" i="2"/>
+  <c r="M4" i="2" s="1"/>
+  <c r="M3" i="2" s="1"/>
   <c r="L5" i="2"/>
+  <c r="L4" i="2" s="1"/>
+  <c r="L3" i="2" s="1"/>
   <c r="K5" i="2"/>
   <c r="K4" i="2" s="1"/>
   <c r="K3" i="2" s="1"/>
   <c r="J5" i="2"/>
   <c r="I5" i="2"/>
   <c r="H5" i="2"/>
   <c r="G5" i="2"/>
   <c r="F5" i="2"/>
   <c r="E5" i="2"/>
+  <c r="E4" i="2" s="1"/>
+  <c r="E3" i="2" s="1"/>
   <c r="D5" i="2"/>
+  <c r="D4" i="2" s="1"/>
+  <c r="D3" i="2" s="1"/>
   <c r="C5" i="2"/>
   <c r="C4" i="2" s="1"/>
   <c r="C3" i="2" s="1"/>
   <c r="B5" i="2"/>
   <c r="AE4" i="2"/>
   <c r="AD4" i="2"/>
-  <c r="AC4" i="2"/>
-  <c r="AB4" i="2"/>
   <c r="Z4" i="2"/>
   <c r="Z3" i="2" s="1"/>
   <c r="Y4" i="2"/>
   <c r="X4" i="2"/>
-  <c r="W4" i="2"/>
-[...1 lines deleted...]
-  <c r="T4" i="2"/>
   <c r="R4" i="2"/>
   <c r="R3" i="2" s="1"/>
   <c r="Q4" i="2"/>
-  <c r="P4" i="2"/>
   <c r="O4" i="2"/>
   <c r="N4" i="2"/>
-  <c r="M4" i="2"/>
-  <c r="L4" i="2"/>
   <c r="J4" i="2"/>
   <c r="J3" i="2" s="1"/>
   <c r="I4" i="2"/>
   <c r="H4" i="2"/>
   <c r="G4" i="2"/>
   <c r="F4" i="2"/>
-  <c r="E4" i="2"/>
-  <c r="D4" i="2"/>
   <c r="B4" i="2"/>
   <c r="B3" i="2" s="1"/>
   <c r="AE3" i="2"/>
   <c r="AD3" i="2"/>
-  <c r="AC3" i="2"/>
-  <c r="AB3" i="2"/>
   <c r="Y3" i="2"/>
   <c r="X3" i="2"/>
-  <c r="W3" i="2"/>
-  <c r="U3" i="2"/>
   <c r="Q3" i="2"/>
-  <c r="P3" i="2"/>
   <c r="O3" i="2"/>
   <c r="N3" i="2"/>
-  <c r="M3" i="2"/>
-  <c r="L3" i="2"/>
   <c r="I3" i="2"/>
   <c r="H3" i="2"/>
   <c r="G3" i="2"/>
   <c r="F3" i="2"/>
-  <c r="E3" i="2"/>
-[...6 lines deleted...]
-  <c r="L44" i="1"/>
+  <c r="AE44" i="1"/>
+  <c r="AD44" i="1"/>
+  <c r="W44" i="1"/>
+  <c r="V44" i="1"/>
+  <c r="O44" i="1"/>
+  <c r="N44" i="1"/>
   <c r="AE36" i="1"/>
-  <c r="AE44" i="1" s="1"/>
   <c r="AD36" i="1"/>
-  <c r="AD44" i="1" s="1"/>
   <c r="AC36" i="1"/>
+  <c r="AC44" i="1" s="1"/>
   <c r="AB36" i="1"/>
+  <c r="AB44" i="1" s="1"/>
   <c r="AA36" i="1"/>
   <c r="AA44" i="1" s="1"/>
   <c r="Z36" i="1"/>
   <c r="Z44" i="1" s="1"/>
   <c r="Y36" i="1"/>
   <c r="Y44" i="1" s="1"/>
   <c r="X36" i="1"/>
   <c r="X44" i="1" s="1"/>
   <c r="W36" i="1"/>
-  <c r="W44" i="1" s="1"/>
   <c r="V36" i="1"/>
-  <c r="V44" i="1" s="1"/>
   <c r="U36" i="1"/>
+  <c r="U44" i="1" s="1"/>
   <c r="T36" i="1"/>
+  <c r="T44" i="1" s="1"/>
   <c r="S36" i="1"/>
   <c r="S44" i="1" s="1"/>
   <c r="R36" i="1"/>
   <c r="R44" i="1" s="1"/>
   <c r="Q36" i="1"/>
   <c r="Q44" i="1" s="1"/>
   <c r="P36" i="1"/>
   <c r="P44" i="1" s="1"/>
   <c r="O36" i="1"/>
-  <c r="O44" i="1" s="1"/>
   <c r="N36" i="1"/>
-  <c r="N44" i="1" s="1"/>
   <c r="M36" i="1"/>
+  <c r="M44" i="1" s="1"/>
   <c r="L36" i="1"/>
+  <c r="L44" i="1" s="1"/>
   <c r="AE31" i="1"/>
   <c r="AD31" i="1"/>
   <c r="AC31" i="1"/>
   <c r="AB31" i="1"/>
   <c r="AA31" i="1"/>
   <c r="Z31" i="1"/>
   <c r="Y31" i="1"/>
   <c r="X31" i="1"/>
   <c r="W31" i="1"/>
   <c r="V31" i="1"/>
   <c r="U31" i="1"/>
   <c r="T31" i="1"/>
   <c r="S31" i="1"/>
   <c r="R31" i="1"/>
   <c r="Q31" i="1"/>
   <c r="P31" i="1"/>
   <c r="O31" i="1"/>
   <c r="N31" i="1"/>
   <c r="M31" i="1"/>
   <c r="L31" i="1"/>
   <c r="K31" i="1"/>
   <c r="J31" i="1"/>
   <c r="I31" i="1"/>
   <c r="H31" i="1"/>
   <c r="G31" i="1"/>
   <c r="F31" i="1"/>
   <c r="E31" i="1"/>
   <c r="D31" i="1"/>
   <c r="C31" i="1"/>
   <c r="B31" i="1"/>
   <c r="J18" i="1"/>
   <c r="I18" i="1"/>
   <c r="H18" i="1"/>
   <c r="G18" i="1"/>
   <c r="F18" i="1"/>
   <c r="E18" i="1"/>
+  <c r="E17" i="1" s="1"/>
   <c r="D18" i="1"/>
   <c r="J17" i="1"/>
   <c r="I17" i="1"/>
   <c r="H17" i="1"/>
   <c r="G17" i="1"/>
   <c r="F17" i="1"/>
-  <c r="E17" i="1"/>
   <c r="D17" i="1"/>
   <c r="AE14" i="1"/>
   <c r="AD14" i="1"/>
   <c r="AC14" i="1"/>
   <c r="AB14" i="1"/>
   <c r="AA14" i="1"/>
   <c r="Z14" i="1"/>
   <c r="Y14" i="1"/>
   <c r="X14" i="1"/>
   <c r="W14" i="1"/>
   <c r="V14" i="1"/>
   <c r="U14" i="1"/>
   <c r="T14" i="1"/>
   <c r="S14" i="1"/>
   <c r="R14" i="1"/>
   <c r="Q14" i="1"/>
   <c r="P14" i="1"/>
   <c r="O14" i="1"/>
   <c r="N14" i="1"/>
   <c r="M14" i="1"/>
   <c r="L14" i="1"/>
   <c r="K14" i="1"/>
   <c r="J14" i="1"/>
   <c r="I14" i="1"/>
   <c r="H14" i="1"/>
   <c r="G14" i="1"/>
   <c r="F14" i="1"/>
   <c r="E14" i="1"/>
   <c r="D14" i="1"/>
   <c r="C14" i="1"/>
   <c r="B14" i="1"/>
   <c r="AE5" i="1"/>
   <c r="AD5" i="1"/>
   <c r="AC5" i="1"/>
-  <c r="AC4" i="1" s="1"/>
-  <c r="AC3" i="1" s="1"/>
   <c r="AB5" i="1"/>
-  <c r="AB4" i="1" s="1"/>
-  <c r="AB3" i="1" s="1"/>
   <c r="AA5" i="1"/>
+  <c r="AA4" i="1" s="1"/>
+  <c r="AA3" i="1" s="1"/>
   <c r="Z5" i="1"/>
+  <c r="Z4" i="1" s="1"/>
+  <c r="Z3" i="1" s="1"/>
   <c r="Y5" i="1"/>
-  <c r="Y4" i="1" s="1"/>
-  <c r="Y3" i="1" s="1"/>
   <c r="X5" i="1"/>
-  <c r="X4" i="1" s="1"/>
-  <c r="X3" i="1" s="1"/>
   <c r="W5" i="1"/>
   <c r="V5" i="1"/>
   <c r="U5" i="1"/>
-  <c r="U4" i="1" s="1"/>
-  <c r="U3" i="1" s="1"/>
   <c r="T5" i="1"/>
-  <c r="T4" i="1" s="1"/>
-  <c r="T3" i="1" s="1"/>
   <c r="S5" i="1"/>
+  <c r="S4" i="1" s="1"/>
+  <c r="S3" i="1" s="1"/>
   <c r="R5" i="1"/>
+  <c r="R4" i="1" s="1"/>
+  <c r="R3" i="1" s="1"/>
   <c r="Q5" i="1"/>
-  <c r="Q4" i="1" s="1"/>
-  <c r="Q3" i="1" s="1"/>
   <c r="P5" i="1"/>
-  <c r="P4" i="1" s="1"/>
-  <c r="P3" i="1" s="1"/>
   <c r="O5" i="1"/>
   <c r="N5" i="1"/>
   <c r="M5" i="1"/>
-  <c r="M4" i="1" s="1"/>
-  <c r="M3" i="1" s="1"/>
   <c r="L5" i="1"/>
-  <c r="L4" i="1" s="1"/>
-  <c r="L3" i="1" s="1"/>
   <c r="K5" i="1"/>
+  <c r="K4" i="1" s="1"/>
+  <c r="K3" i="1" s="1"/>
   <c r="J5" i="1"/>
+  <c r="J4" i="1" s="1"/>
+  <c r="J3" i="1" s="1"/>
   <c r="I5" i="1"/>
-  <c r="I4" i="1" s="1"/>
-  <c r="I3" i="1" s="1"/>
   <c r="H5" i="1"/>
-  <c r="H4" i="1" s="1"/>
-  <c r="H3" i="1" s="1"/>
   <c r="G5" i="1"/>
   <c r="F5" i="1"/>
   <c r="E5" i="1"/>
-  <c r="E4" i="1" s="1"/>
-  <c r="E3" i="1" s="1"/>
   <c r="D5" i="1"/>
-  <c r="D4" i="1" s="1"/>
-  <c r="D3" i="1" s="1"/>
   <c r="C5" i="1"/>
+  <c r="C4" i="1" s="1"/>
+  <c r="C3" i="1" s="1"/>
   <c r="B5" i="1"/>
+  <c r="B4" i="1" s="1"/>
+  <c r="B3" i="1" s="1"/>
   <c r="AE4" i="1"/>
-  <c r="AE3" i="1" s="1"/>
   <c r="AD4" i="1"/>
-  <c r="AA4" i="1"/>
-[...1 lines deleted...]
-  <c r="Z4" i="1"/>
+  <c r="AC4" i="1"/>
+  <c r="AB4" i="1"/>
+  <c r="Y4" i="1"/>
+  <c r="Y3" i="1" s="1"/>
+  <c r="X4" i="1"/>
   <c r="W4" i="1"/>
-  <c r="W3" i="1" s="1"/>
   <c r="V4" i="1"/>
-  <c r="S4" i="1"/>
-[...1 lines deleted...]
-  <c r="R4" i="1"/>
+  <c r="U4" i="1"/>
+  <c r="T4" i="1"/>
+  <c r="Q4" i="1"/>
+  <c r="Q3" i="1" s="1"/>
+  <c r="P4" i="1"/>
   <c r="O4" i="1"/>
-  <c r="O3" i="1" s="1"/>
   <c r="N4" i="1"/>
-  <c r="K4" i="1"/>
-[...1 lines deleted...]
-  <c r="J4" i="1"/>
+  <c r="M4" i="1"/>
+  <c r="L4" i="1"/>
+  <c r="I4" i="1"/>
+  <c r="I3" i="1" s="1"/>
+  <c r="H4" i="1"/>
   <c r="G4" i="1"/>
-  <c r="G3" i="1" s="1"/>
   <c r="F4" i="1"/>
-  <c r="C4" i="1"/>
-[...1 lines deleted...]
-  <c r="B4" i="1"/>
+  <c r="E4" i="1"/>
+  <c r="D4" i="1"/>
+  <c r="AE3" i="1"/>
   <c r="AD3" i="1"/>
-  <c r="Z3" i="1"/>
+  <c r="AC3" i="1"/>
+  <c r="AB3" i="1"/>
+  <c r="X3" i="1"/>
+  <c r="W3" i="1"/>
   <c r="V3" i="1"/>
-  <c r="R3" i="1"/>
+  <c r="U3" i="1"/>
+  <c r="T3" i="1"/>
+  <c r="P3" i="1"/>
+  <c r="O3" i="1"/>
   <c r="N3" i="1"/>
-  <c r="J3" i="1"/>
+  <c r="M3" i="1"/>
+  <c r="L3" i="1"/>
+  <c r="H3" i="1"/>
+  <c r="G3" i="1"/>
   <c r="F3" i="1"/>
-  <c r="B3" i="1"/>
+  <c r="E3" i="1"/>
+  <c r="D3" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Porubsky Marek</author>
     <author>jremeta</author>
   </authors>
   <commentList>
-    <comment ref="R10" authorId="0" shapeId="0" xr:uid="{C672565C-27AA-41E0-9199-2342162B4B24}">
+    <comment ref="R10" authorId="0" shapeId="0" xr:uid="{9D3E41D2-D186-458F-8B5B-7B0EBABBD971}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="8"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>Porubsky Marek:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="8"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 z toho:
 59 068 tis. eur  oddĺženie nemocníc</t>
         </r>
       </text>
     </comment>
-    <comment ref="S10" authorId="1" shapeId="0" xr:uid="{4BE93800-8095-445D-B8BF-6217168CF108}">
+    <comment ref="S10" authorId="1" shapeId="0" xr:uid="{2F231732-7D88-43B6-9710-DFBE6EDF715A}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="8"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>jremeta:</t>
         </r>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="8"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 z toho 10 400 tis. eur oddĺženie nemocníc </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments2.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Porubsky Marek</author>
     <author>jremeta</author>
   </authors>
   <commentList>
-    <comment ref="R10" authorId="0" shapeId="0" xr:uid="{CD35461A-2126-4B23-91A2-2DBEC6AA56D8}">
+    <comment ref="R10" authorId="0" shapeId="0" xr:uid="{40F5B708-A663-404C-8852-FAEE9405D8EF}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="8"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>Porubsky Marek:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="8"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 z toho:
 59 mil. oddĺženie nemocníc</t>
         </r>
       </text>
     </comment>
-    <comment ref="S10" authorId="1" shapeId="0" xr:uid="{5035ACF0-A7A0-460D-92BA-021C6AB7FB51}">
+    <comment ref="S10" authorId="1" shapeId="0" xr:uid="{4A3967D3-2B8D-4A0E-8C3F-DE02BF7AEB4B}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="8"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>jremeta:</t>
         </r>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="8"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 z toho oddĺženie nemocníc 10 400 tisl. eur</t>
         </r>
       </text>
     </comment>
@@ -4318,51 +4324,51 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{442BB486-B6FD-4562-83BE-961427D4F139}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CD0A678A-136C-4C21-B734-3C6FDD005D9E}">
   <sheetPr codeName="Hárok3">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AE70"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="1" ySplit="2" topLeftCell="S18" activePane="bottomRight" state="frozen"/>
       <selection activeCell="A47" sqref="A47"/>
       <selection pane="topRight" activeCell="A47" sqref="A47"/>
       <selection pane="bottomLeft" activeCell="A47" sqref="A47"/>
       <selection pane="bottomRight" activeCell="W44" sqref="W44"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.26953125" defaultRowHeight="13.4" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="30.54296875" style="6" customWidth="1"/>
     <col min="2" max="20" width="9.6328125" style="6" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.7265625" style="6" customWidth="1"/>
     <col min="22" max="24" width="9.6328125" style="6" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="10.7265625" style="6" customWidth="1"/>
     <col min="26" max="26" width="11.453125" style="6" customWidth="1"/>
     <col min="27" max="27" width="10.453125" style="6" customWidth="1"/>
     <col min="28" max="28" width="10.7265625" style="6" customWidth="1"/>
     <col min="29" max="30" width="13.54296875" style="6" customWidth="1"/>
     <col min="31" max="31" width="15.08984375" style="6" customWidth="1"/>
@@ -8304,62 +8310,62 @@
       <c r="L69" s="20"/>
       <c r="M69" s="20"/>
       <c r="N69" s="20"/>
       <c r="O69" s="20"/>
     </row>
     <row r="70" spans="4:15" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="I70" s="20"/>
       <c r="J70" s="20"/>
       <c r="K70" s="20"/>
       <c r="L70" s="20"/>
       <c r="M70" s="20"/>
       <c r="N70" s="20"/>
       <c r="O70" s="20"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.4921259845" footer="0.4921259845"/>
   <pageSetup paperSize="9" scale="69" orientation="portrait"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Interné</oddFooter>
   </headerFooter>
   <legacyDrawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B5D8D144-18A2-4126-853B-E032BD753FA5}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7429CA6C-5D0C-4265-95A1-9BF690BCEBA3}">
   <sheetPr codeName="Hárok4">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AE55"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane xSplit="1" ySplit="2" topLeftCell="U3" activePane="bottomRight" state="frozen"/>
       <selection activeCell="A47" sqref="A47"/>
       <selection pane="topRight" activeCell="A47" sqref="A47"/>
       <selection pane="bottomLeft" activeCell="A47" sqref="A47"/>
-      <selection pane="bottomRight" activeCell="A50" sqref="A50"/>
+      <selection pane="bottomRight" activeCell="AE3" sqref="AE3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.26953125" defaultRowHeight="13.4" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="37.7265625" style="6" customWidth="1"/>
     <col min="2" max="11" width="8.7265625" style="6" customWidth="1"/>
     <col min="12" max="27" width="9.26953125" style="6" bestFit="1" customWidth="1"/>
     <col min="28" max="28" width="10.7265625" style="6" customWidth="1"/>
     <col min="29" max="30" width="12.453125" style="6" bestFit="1" customWidth="1"/>
     <col min="31" max="31" width="11.08984375" style="6" customWidth="1"/>
     <col min="32" max="16384" width="9.26953125" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:31" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B1" s="50"/>
       <c r="C1" s="50"/>
       <c r="D1" s="50"/>
       <c r="E1" s="51"/>
       <c r="F1" s="51"/>
       <c r="G1" s="51"/>
       <c r="H1" s="51"/>
       <c r="I1" s="51"/>
@@ -12416,56 +12422,56 @@
       <c r="H55" s="42"/>
       <c r="I55" s="42"/>
       <c r="J55" s="42"/>
       <c r="K55" s="42"/>
       <c r="L55" s="42"/>
       <c r="M55" s="42"/>
       <c r="N55" s="42"/>
       <c r="O55" s="42"/>
       <c r="P55" s="42"/>
       <c r="Q55" s="42"/>
       <c r="R55" s="42"/>
       <c r="S55" s="42"/>
       <c r="T55" s="42"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.4921259845" footer="0.4921259845"/>
   <pageSetup paperSize="9" scale="87" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Interné</oddFooter>
   </headerFooter>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D261D641-6A0E-490E-8EFE-F854E0FFFC50}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6CFC88B0-21C7-4455-A77B-FC029FFD7430}">
   <sheetPr codeName="Hárok5"/>
   <dimension ref="A1:T380"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="1" ySplit="2" topLeftCell="B330" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="2" topLeftCell="B327" activePane="bottomRight" state="frozen"/>
       <selection activeCell="A47" sqref="A47"/>
       <selection pane="topRight" activeCell="A47" sqref="A47"/>
       <selection pane="bottomLeft" activeCell="A47" sqref="A47"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.26953125" defaultRowHeight="13.4" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="38.453125" style="152" customWidth="1"/>
     <col min="2" max="2" width="27.453125" style="87" customWidth="1"/>
     <col min="3" max="3" width="20.7265625" style="87" customWidth="1"/>
     <col min="4" max="4" width="6.7265625" style="87" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8" style="87" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.453125" style="87" customWidth="1"/>
     <col min="7" max="7" width="10.26953125" style="155" customWidth="1"/>
     <col min="8" max="8" width="14.7265625" style="155" customWidth="1"/>
     <col min="9" max="10" width="10.26953125" style="87" customWidth="1"/>
     <col min="11" max="11" width="9.26953125" style="87"/>
     <col min="12" max="12" width="18" style="156" customWidth="1"/>
     <col min="13" max="13" width="12.54296875" style="156" customWidth="1"/>
     <col min="14" max="14" width="10.7265625" style="156" customWidth="1"/>
     <col min="15" max="16384" width="9.26953125" style="87"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
@@ -25662,51 +25668,51 @@
         <v>30292</v>
       </c>
       <c r="E300" s="132">
         <v>67343</v>
       </c>
       <c r="F300" s="132">
         <v>2998</v>
       </c>
       <c r="G300" s="136">
         <v>339735.83998000016</v>
       </c>
       <c r="H300" s="110">
         <v>94919.049070000052</v>
       </c>
       <c r="I300" s="127"/>
       <c r="J300" s="108"/>
       <c r="L300" s="110">
         <f t="shared" si="14"/>
         <v>785014</v>
       </c>
       <c r="M300" s="132">
         <f t="shared" si="13"/>
         <v>64997</v>
       </c>
       <c r="N300" s="112">
-        <f t="shared" ref="N300:N360" si="15">G301+H300</f>
+        <f t="shared" ref="N300:N362" si="15">G301+H300</f>
         <v>430040.1690800006</v>
       </c>
     </row>
     <row r="301" spans="1:14" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A301" s="144" t="s">
         <v>339</v>
       </c>
       <c r="B301" s="132">
         <v>731775</v>
       </c>
       <c r="C301" s="132">
         <v>18175</v>
       </c>
       <c r="D301" s="132">
         <v>36593</v>
       </c>
       <c r="E301" s="132">
         <v>49767</v>
       </c>
       <c r="F301" s="132">
         <v>2753</v>
       </c>
       <c r="G301" s="136">
         <v>335121.12001000054</v>
       </c>
@@ -27138,55 +27144,55 @@
       </c>
       <c r="B337" s="135">
         <v>926813</v>
       </c>
       <c r="C337" s="135">
         <v>16563</v>
       </c>
       <c r="D337" s="135">
         <v>33660</v>
       </c>
       <c r="E337" s="135">
         <v>108809</v>
       </c>
       <c r="F337" s="147">
         <v>4871</v>
       </c>
       <c r="G337" s="135">
         <v>429864.05931000243</v>
       </c>
       <c r="H337" s="147">
         <v>227285.52786</v>
       </c>
       <c r="I337" s="148"/>
       <c r="J337" s="148"/>
       <c r="L337" s="110">
-        <f t="shared" ref="L337:L370" si="17">B338+C337+D337</f>
+        <f t="shared" ref="L337:L372" si="17">B338+C337+D337</f>
         <v>1206564</v>
       </c>
       <c r="M337" s="132">
-        <f t="shared" ref="M337:M359" si="18">E339+F337</f>
+        <f t="shared" ref="M337:M361" si="18">E339+F337</f>
         <v>161314</v>
       </c>
       <c r="N337" s="112">
         <f t="shared" si="15"/>
         <v>768095.34320999973</v>
       </c>
     </row>
     <row r="338" spans="1:14" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A338" s="145" t="s">
         <v>368</v>
       </c>
       <c r="B338" s="137">
         <v>1156341</v>
       </c>
       <c r="C338" s="137">
         <v>19407</v>
       </c>
       <c r="D338" s="137">
         <v>42209</v>
       </c>
       <c r="E338" s="137">
         <v>52268</v>
       </c>
       <c r="F338" s="150">
         <v>4591</v>
@@ -28080,116 +28086,162 @@
       <c r="C360" s="135">
         <v>13296</v>
       </c>
       <c r="D360" s="135">
         <v>38370</v>
       </c>
       <c r="E360" s="135">
         <v>90568</v>
       </c>
       <c r="F360" s="147">
         <v>4355</v>
       </c>
       <c r="G360" s="135">
         <v>512737.72192999296</v>
       </c>
       <c r="H360" s="147">
         <v>187258.5</v>
       </c>
       <c r="I360" s="148"/>
       <c r="J360" s="148"/>
       <c r="K360" s="149"/>
       <c r="L360" s="110">
         <f t="shared" si="17"/>
         <v>1079403</v>
       </c>
-      <c r="M360" s="132"/>
+      <c r="M360" s="132">
+        <f t="shared" si="18"/>
+        <v>83675</v>
+      </c>
       <c r="N360" s="112">
         <f t="shared" si="15"/>
         <v>688938.21445999597</v>
       </c>
     </row>
     <row r="361" spans="1:14" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A361" s="144" t="s">
         <v>391</v>
       </c>
       <c r="B361" s="135">
         <v>1027737</v>
       </c>
       <c r="C361" s="135">
         <v>13660</v>
       </c>
       <c r="D361" s="135">
         <v>41989</v>
       </c>
       <c r="E361" s="135">
         <v>86093</v>
       </c>
       <c r="F361" s="147">
         <v>4234</v>
       </c>
       <c r="G361" s="135">
         <v>501679.71445999597</v>
       </c>
       <c r="H361" s="147">
         <v>187258.5</v>
       </c>
       <c r="I361" s="148"/>
       <c r="J361" s="148"/>
       <c r="K361" s="149"/>
-      <c r="L361" s="110"/>
-[...1 lines deleted...]
-      <c r="N361" s="112"/>
+      <c r="L361" s="110">
+        <f t="shared" si="17"/>
+        <v>1398964</v>
+      </c>
+      <c r="M361" s="132">
+        <f t="shared" si="18"/>
+        <v>119337</v>
+      </c>
+      <c r="N361" s="112">
+        <f t="shared" si="15"/>
+        <v>840880.7320599911</v>
+      </c>
     </row>
     <row r="362" spans="1:14" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A362" s="144" t="s">
         <v>392</v>
       </c>
-      <c r="B362" s="137"/>
-[...5 lines deleted...]
-      <c r="H362" s="150"/>
+      <c r="B362" s="137">
+        <v>1343315</v>
+      </c>
+      <c r="C362" s="137">
+        <v>16622</v>
+      </c>
+      <c r="D362" s="137">
+        <v>47936</v>
+      </c>
+      <c r="E362" s="137">
+        <v>79320</v>
+      </c>
+      <c r="F362" s="150">
+        <v>4167</v>
+      </c>
+      <c r="G362" s="137">
+        <v>653622.2320599911</v>
+      </c>
+      <c r="H362" s="150">
+        <v>220544.66578999901</v>
+      </c>
       <c r="I362" s="151"/>
       <c r="J362" s="151"/>
-      <c r="L362" s="120"/>
+      <c r="L362" s="120">
+        <f t="shared" si="17"/>
+        <v>1118978</v>
+      </c>
       <c r="M362" s="134"/>
-      <c r="N362" s="122"/>
+      <c r="N362" s="122">
+        <f t="shared" si="15"/>
+        <v>760578.75893999008</v>
+      </c>
     </row>
     <row r="363" spans="1:14" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A363" s="144" t="s">
         <v>393</v>
       </c>
-      <c r="B363" s="132"/>
-[...5 lines deleted...]
-      <c r="H363" s="110"/>
+      <c r="B363" s="132">
+        <v>1054420</v>
+      </c>
+      <c r="C363" s="132">
+        <v>44857</v>
+      </c>
+      <c r="D363" s="132">
+        <v>-9852</v>
+      </c>
+      <c r="E363" s="132">
+        <v>115103</v>
+      </c>
+      <c r="F363" s="132">
+        <v>4182</v>
+      </c>
+      <c r="G363" s="136">
+        <v>540034.09314999112</v>
+      </c>
+      <c r="H363" s="110">
+        <v>170901.16200000001</v>
+      </c>
       <c r="I363" s="127"/>
       <c r="J363" s="108"/>
       <c r="L363" s="110"/>
       <c r="M363" s="132"/>
       <c r="N363" s="112"/>
     </row>
     <row r="364" spans="1:14" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A364" s="144" t="s">
         <v>394</v>
       </c>
       <c r="B364" s="135"/>
       <c r="C364" s="135"/>
       <c r="D364" s="135"/>
       <c r="E364" s="135"/>
       <c r="F364" s="147"/>
       <c r="G364" s="135"/>
       <c r="H364" s="147"/>
       <c r="I364" s="148"/>
       <c r="J364" s="148"/>
       <c r="K364" s="149"/>
       <c r="L364" s="110"/>
       <c r="M364" s="132"/>
       <c r="N364" s="112"/>
     </row>
     <row r="365" spans="1:14" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
@@ -28450,47 +28502,47 @@
     </vt:vector>
   </TitlesOfParts>
   <Company>Ministerstvo financii Slovenskej republiky</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Antalicova Jana</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_4c805978-f532-4a1a-b9e1-4e19c2c6466f_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_4c805978-f532-4a1a-b9e1-4e19c2c6466f_SetDate">
-    <vt:lpwstr>2026-01-16T11:46:27Z</vt:lpwstr>
+    <vt:lpwstr>2026-03-13T08:24:35Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_4c805978-f532-4a1a-b9e1-4e19c2c6466f_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_4c805978-f532-4a1a-b9e1-4e19c2c6466f_Name">
     <vt:lpwstr>Internal</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_4c805978-f532-4a1a-b9e1-4e19c2c6466f_SiteId">
     <vt:lpwstr>579df390-dbff-49fd-8f10-624670566482</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_4c805978-f532-4a1a-b9e1-4e19c2c6466f_ActionId">
-    <vt:lpwstr>f3da6bdb-2905-47d8-b6da-e7f5a8f21566</vt:lpwstr>
+    <vt:lpwstr>9c27a4a9-13e4-4d87-993e-e83e8ecbedd7</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_4c805978-f532-4a1a-b9e1-4e19c2c6466f_ContentBits">
     <vt:lpwstr>2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_4c805978-f532-4a1a-b9e1-4e19c2c6466f_Tag">
     <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>