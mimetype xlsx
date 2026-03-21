--- v0 (2026-01-28)
+++ v1 (2026-03-21)
@@ -1,83 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\IFP_NEW\1_DANE\1_03_Databazy\02_Danove_prijmy_web\2015\novy_web\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{74D93083-DB98-4D91-B658-E59C7E06B7D1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{31C8E9DB-EFAC-4938-A3CA-B57979AB02B4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="18240" xr2:uid="{E7DCB11E-FC1A-49FA-A2E9-E24223D80213}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="16440" xr2:uid="{9E98D90C-D77D-45EE-B9DD-BE84CB950FAD}"/>
   </bookViews>
   <sheets>
     <sheet name="DP" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2095" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2121" uniqueCount="41">
   <si>
     <t>05</t>
   </si>
   <si>
     <t>06</t>
   </si>
   <si>
     <t>07</t>
   </si>
   <si>
     <t>08</t>
   </si>
   <si>
     <t>09</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
@@ -636,58 +636,58 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6B3C228B-D2B2-45F5-9C65-F8FD45263188}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2A79951B-4187-460E-B776-D0E52ED57E14}">
   <sheetPr codeName="Hárok2">
     <tabColor indexed="55"/>
   </sheetPr>
-  <dimension ref="A1:BA373"/>
+  <dimension ref="A1:BA375"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="2" ySplit="2" topLeftCell="C242" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="2" topLeftCell="C248" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.81640625" style="30" customWidth="1"/>
     <col min="2" max="2" width="11.26953125" style="18" bestFit="1" customWidth="1"/>
     <col min="3" max="5" width="7.7265625" style="14" customWidth="1"/>
     <col min="6" max="6" width="17.7265625" style="14" customWidth="1"/>
     <col min="7" max="7" width="19.7265625" style="14" customWidth="1"/>
     <col min="8" max="8" width="14.54296875" style="14" customWidth="1"/>
     <col min="9" max="14" width="18.7265625" style="14" customWidth="1"/>
     <col min="15" max="17" width="12.7265625" style="14" customWidth="1"/>
     <col min="18" max="18" width="17.7265625" style="14" customWidth="1"/>
     <col min="19" max="19" width="19.7265625" style="14" customWidth="1"/>
     <col min="20" max="26" width="17.7265625" style="14" customWidth="1"/>
     <col min="27" max="29" width="10.7265625" style="14" customWidth="1"/>
     <col min="30" max="30" width="17.7265625" style="14" customWidth="1"/>
     <col min="31" max="31" width="19.7265625" style="14" customWidth="1"/>
     <col min="32" max="38" width="17.7265625" style="14" customWidth="1"/>
     <col min="39" max="40" width="8.7265625" style="14" customWidth="1"/>
     <col min="41" max="41" width="9.81640625" style="14" bestFit="1" customWidth="1"/>
     <col min="42" max="42" width="17.7265625" style="14" customWidth="1"/>
@@ -25129,187 +25129,485 @@
         <v>61196706.259999998</v>
       </c>
       <c r="AR263" s="16">
         <v>0</v>
       </c>
       <c r="AS263" s="28">
         <v>5911996.7199999997</v>
       </c>
       <c r="AT263" s="28">
         <v>-453229.5</v>
       </c>
       <c r="AU263" s="28">
         <v>5</v>
       </c>
       <c r="AV263" s="28">
         <v>784183.1</v>
       </c>
       <c r="AW263" s="28">
         <v>1096557.55</v>
       </c>
       <c r="AX263" s="29">
         <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:50" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A264" s="12"/>
-[...32 lines deleted...]
-      <c r="AU264" s="14"/>
+      <c r="A264" s="12" t="s">
+        <v>7</v>
+      </c>
+      <c r="B264" s="13">
+        <v>2025</v>
+      </c>
+      <c r="C264" s="14">
+        <v>89.3</v>
+      </c>
+      <c r="D264" s="14">
+        <v>89.3</v>
+      </c>
+      <c r="E264" s="14">
+        <v>139</v>
+      </c>
+      <c r="F264" s="14">
+        <v>148</v>
+      </c>
+      <c r="G264" s="14">
+        <v>91.3</v>
+      </c>
+      <c r="H264" s="14">
+        <v>139</v>
+      </c>
+      <c r="I264" s="14">
+        <v>211.3</v>
+      </c>
+      <c r="J264" s="14">
+        <v>0.1</v>
+      </c>
+      <c r="K264" s="14">
+        <v>0.1</v>
+      </c>
+      <c r="L264" s="14">
+        <v>0.2</v>
+      </c>
+      <c r="M264" s="14">
+        <v>0.1</v>
+      </c>
+      <c r="N264" s="15">
+        <v>0.1</v>
+      </c>
+      <c r="O264" s="16">
+        <v>1329.758</v>
+      </c>
+      <c r="P264" s="16">
+        <v>2823.2040000000002</v>
+      </c>
+      <c r="Q264" s="16">
+        <v>24111.333999999999</v>
+      </c>
+      <c r="R264" s="16">
+        <v>145.72</v>
+      </c>
+      <c r="S264" s="16">
+        <v>469571.6</v>
+      </c>
+      <c r="T264" s="16">
+        <v>0</v>
+      </c>
+      <c r="U264" s="28">
+        <v>27948.3</v>
+      </c>
+      <c r="V264" s="28">
+        <v>-6449976</v>
+      </c>
+      <c r="W264" s="28">
+        <v>0</v>
+      </c>
+      <c r="X264" s="28">
+        <v>5285551.5</v>
+      </c>
+      <c r="Y264" s="28">
+        <v>15539216</v>
+      </c>
+      <c r="Z264" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA264" s="20" t="s">
+        <v>12</v>
+      </c>
+      <c r="AB264" s="20" t="s">
+        <v>12</v>
+      </c>
+      <c r="AC264" s="20" t="s">
+        <v>12</v>
+      </c>
+      <c r="AD264" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="AE264" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="AF264" s="20" t="s">
+        <v>12</v>
+      </c>
+      <c r="AG264" s="20" t="s">
+        <v>12</v>
+      </c>
+      <c r="AH264" s="20" t="s">
+        <v>35</v>
+      </c>
+      <c r="AI264" s="20" t="s">
+        <v>35</v>
+      </c>
+      <c r="AJ264" s="20" t="s">
+        <v>36</v>
+      </c>
+      <c r="AK264" s="20" t="s">
+        <v>35</v>
+      </c>
+      <c r="AL264" s="25" t="s">
+        <v>35</v>
+      </c>
+      <c r="AM264" s="16">
+        <v>118747.39</v>
+      </c>
+      <c r="AN264" s="16">
+        <v>252112.12</v>
+      </c>
+      <c r="AO264" s="16">
+        <v>3351475.43</v>
+      </c>
+      <c r="AP264" s="16">
+        <v>21566.560000000001</v>
+      </c>
+      <c r="AQ264" s="16">
+        <v>75437614.969999999</v>
+      </c>
+      <c r="AR264" s="16">
+        <v>0</v>
+      </c>
+      <c r="AS264" s="28">
+        <v>5905475.7899999991</v>
+      </c>
+      <c r="AT264" s="28">
+        <v>-644997.6</v>
+      </c>
+      <c r="AU264" s="28">
+        <v>0</v>
+      </c>
+      <c r="AV264" s="28">
+        <v>1057110.3</v>
+      </c>
+      <c r="AW264" s="28">
+        <v>1553921.6</v>
+      </c>
+      <c r="AX264" s="29">
+        <v>0</v>
+      </c>
     </row>
     <row r="265" spans="1:50" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="AF265" s="31"/>
-[...45 lines deleted...]
-      <c r="AL266" s="31"/>
+      <c r="A265" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B265" s="13">
+        <v>2026</v>
+      </c>
+      <c r="C265" s="14">
+        <v>89.3</v>
+      </c>
+      <c r="D265" s="14">
+        <v>89.3</v>
+      </c>
+      <c r="E265" s="14">
+        <v>139</v>
+      </c>
+      <c r="F265" s="14">
+        <v>148</v>
+      </c>
+      <c r="G265" s="14">
+        <v>91.3</v>
+      </c>
+      <c r="H265" s="14">
+        <v>139</v>
+      </c>
+      <c r="I265" s="14">
+        <v>211.3</v>
+      </c>
+      <c r="J265" s="14">
+        <v>0.1</v>
+      </c>
+      <c r="K265" s="14">
+        <v>0.1</v>
+      </c>
+      <c r="L265" s="14">
+        <v>0.2</v>
+      </c>
+      <c r="M265" s="14">
+        <v>0.1</v>
+      </c>
+      <c r="N265" s="15">
+        <v>0.1</v>
+      </c>
+      <c r="O265" s="16">
+        <v>5527.8029999999999</v>
+      </c>
+      <c r="P265" s="16">
+        <v>10329.712</v>
+      </c>
+      <c r="Q265" s="16">
+        <v>84529.754000000001</v>
+      </c>
+      <c r="R265" s="16">
+        <v>401.4</v>
+      </c>
+      <c r="S265" s="16">
+        <v>424076.88</v>
+      </c>
+      <c r="T265" s="16">
+        <v>0</v>
+      </c>
+      <c r="U265" s="28">
+        <v>15050.2</v>
+      </c>
+      <c r="V265" s="28">
+        <v>5132160</v>
+      </c>
+      <c r="W265" s="28">
+        <v>0</v>
+      </c>
+      <c r="X265" s="28">
+        <v>6780225</v>
+      </c>
+      <c r="Y265" s="28">
+        <v>12664646</v>
+      </c>
+      <c r="Z265" s="28">
+        <v>0</v>
+      </c>
+      <c r="AA265" s="20" t="s">
+        <v>12</v>
+      </c>
+      <c r="AB265" s="20" t="s">
+        <v>12</v>
+      </c>
+      <c r="AC265" s="20" t="s">
+        <v>12</v>
+      </c>
+      <c r="AD265" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="AE265" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="AF265" s="20" t="s">
+        <v>12</v>
+      </c>
+      <c r="AG265" s="20" t="s">
+        <v>12</v>
+      </c>
+      <c r="AH265" s="20" t="s">
+        <v>35</v>
+      </c>
+      <c r="AI265" s="20" t="s">
+        <v>35</v>
+      </c>
+      <c r="AJ265" s="20" t="s">
+        <v>36</v>
+      </c>
+      <c r="AK265" s="20" t="s">
+        <v>35</v>
+      </c>
+      <c r="AL265" s="25" t="s">
+        <v>35</v>
+      </c>
+      <c r="AM265" s="16">
+        <v>493632.8</v>
+      </c>
+      <c r="AN265" s="16">
+        <v>922443.28</v>
+      </c>
+      <c r="AO265" s="16">
+        <v>11749635.810000001</v>
+      </c>
+      <c r="AP265" s="16">
+        <v>59407.199999999997</v>
+      </c>
+      <c r="AQ265" s="16">
+        <v>68145916.890000001</v>
+      </c>
+      <c r="AR265" s="16">
+        <v>0</v>
+      </c>
+      <c r="AS265" s="28">
+        <v>3180107.26</v>
+      </c>
+      <c r="AT265" s="28">
+        <v>513216</v>
+      </c>
+      <c r="AU265" s="28">
+        <v>0</v>
+      </c>
+      <c r="AV265" s="28">
+        <v>1356045</v>
+      </c>
+      <c r="AW265" s="28">
+        <v>1266464.6000000001</v>
+      </c>
+      <c r="AX265" s="29">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="266" spans="1:50" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A266" s="12"/>
+      <c r="B266" s="13"/>
+      <c r="O266" s="16"/>
+      <c r="P266" s="16"/>
+      <c r="Q266" s="16"/>
+      <c r="R266" s="16"/>
+      <c r="S266" s="16"/>
+      <c r="T266" s="16"/>
+      <c r="U266" s="26"/>
+      <c r="V266" s="26"/>
+      <c r="W266" s="26"/>
+      <c r="X266" s="26"/>
+      <c r="Y266" s="26"/>
+      <c r="Z266" s="26"/>
+      <c r="AA266" s="20"/>
+      <c r="AB266" s="20"/>
+      <c r="AC266" s="20"/>
+      <c r="AD266" s="20"/>
+      <c r="AE266" s="20"/>
+      <c r="AF266" s="20"/>
+      <c r="AG266" s="20"/>
+      <c r="AH266" s="20"/>
+      <c r="AI266" s="20"/>
+      <c r="AJ266" s="20"/>
+      <c r="AK266" s="20"/>
+      <c r="AL266" s="20"/>
       <c r="AM266" s="16"/>
       <c r="AN266" s="16"/>
+      <c r="AO266" s="16"/>
+      <c r="AP266" s="16"/>
+      <c r="AQ266" s="16"/>
+      <c r="AR266" s="16"/>
+      <c r="AS266" s="26"/>
       <c r="AU266" s="14"/>
     </row>
     <row r="267" spans="1:50" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A267" s="34" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AF267" s="31"/>
+      <c r="AG267" s="31"/>
+      <c r="AH267" s="31"/>
+      <c r="AI267" s="31"/>
+      <c r="AJ267" s="31"/>
+      <c r="AK267" s="31"/>
+      <c r="AL267" s="31"/>
       <c r="AM267" s="16"/>
       <c r="AN267" s="16"/>
       <c r="AU267" s="14"/>
     </row>
-    <row r="268" spans="1:50" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      </c>
+    <row r="268" spans="1:50" ht="13" x14ac:dyDescent="0.3">
+      <c r="A268" s="32" t="s">
+        <v>37</v>
+      </c>
+      <c r="B268" s="32"/>
+      <c r="C268" s="32"/>
+      <c r="D268" s="32"/>
+      <c r="E268" s="32"/>
+      <c r="F268" s="32"/>
+      <c r="G268" s="32"/>
+      <c r="H268" s="32"/>
+      <c r="I268" s="32"/>
+      <c r="J268" s="32"/>
+      <c r="K268" s="32"/>
+      <c r="L268" s="32"/>
+      <c r="M268" s="32"/>
+      <c r="N268" s="32"/>
+      <c r="O268" s="32"/>
+      <c r="P268" s="32"/>
+      <c r="Q268" s="32"/>
+      <c r="R268" s="32"/>
+      <c r="S268" s="32"/>
+      <c r="T268" s="32"/>
+      <c r="U268" s="33"/>
+      <c r="V268" s="33"/>
+      <c r="W268" s="33"/>
+      <c r="X268" s="33"/>
+      <c r="Y268" s="33"/>
+      <c r="Z268" s="33"/>
+      <c r="AF268" s="31"/>
+      <c r="AG268" s="31"/>
+      <c r="AH268" s="31"/>
+      <c r="AI268" s="31"/>
+      <c r="AJ268" s="31"/>
+      <c r="AK268" s="31"/>
+      <c r="AL268" s="31"/>
       <c r="AM268" s="16"/>
+      <c r="AN268" s="16"/>
       <c r="AU268" s="14"/>
     </row>
     <row r="269" spans="1:50" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A269" s="35"/>
+      <c r="A269" s="34" t="s">
+        <v>38</v>
+      </c>
       <c r="AM269" s="16"/>
       <c r="AN269" s="16"/>
       <c r="AU269" s="14"/>
     </row>
     <row r="270" spans="1:50" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A270" s="35" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AM270" s="16"/>
-      <c r="AN270" s="16"/>
       <c r="AU270" s="14"/>
     </row>
     <row r="271" spans="1:50" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A271" s="35"/>
       <c r="AM271" s="16"/>
       <c r="AN271" s="16"/>
       <c r="AU271" s="14"/>
     </row>
     <row r="272" spans="1:50" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A272" s="35" t="s">
+        <v>40</v>
+      </c>
+      <c r="AM272" s="16"/>
+      <c r="AN272" s="16"/>
       <c r="AU272" s="14"/>
     </row>
     <row r="273" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A273" s="36" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="AM273" s="16"/>
+      <c r="AN273" s="16"/>
       <c r="AU273" s="14"/>
     </row>
     <row r="274" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="AU274" s="14"/>
     </row>
     <row r="275" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A275" s="36" t="s">
+        <v>13</v>
+      </c>
+      <c r="B275" s="37">
+        <v>46093</v>
+      </c>
       <c r="AU275" s="14"/>
     </row>
     <row r="276" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="AU276" s="14"/>
     </row>
     <row r="277" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="AU277" s="14"/>
     </row>
     <row r="278" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="AU278" s="14"/>
     </row>
     <row r="279" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="AU279" s="14"/>
     </row>
     <row r="280" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="AU280" s="14"/>
     </row>
     <row r="281" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="AU281" s="14"/>
     </row>
     <row r="282" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="AU282" s="14"/>
     </row>
     <row r="283" spans="1:47" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="AU283" s="14"/>
@@ -25561,58 +25859,64 @@
       <c r="AU365" s="14"/>
     </row>
     <row r="366" spans="47:47" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="AU366" s="14"/>
     </row>
     <row r="367" spans="47:47" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="AU367" s="14"/>
     </row>
     <row r="368" spans="47:47" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="AU368" s="14"/>
     </row>
     <row r="369" spans="47:47" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="AU369" s="14"/>
     </row>
     <row r="370" spans="47:47" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="AU370" s="14"/>
     </row>
     <row r="371" spans="47:47" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="AU371" s="14"/>
     </row>
     <row r="372" spans="47:47" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="AU372" s="14"/>
     </row>
     <row r="373" spans="47:47" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="AU373" s="14"/>
+    </row>
+    <row r="374" spans="47:47" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AU374" s="14"/>
+    </row>
+    <row r="375" spans="47:47" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AU375" s="14"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="C1:N1"/>
     <mergeCell ref="O1:Z1"/>
     <mergeCell ref="AA1:AL1"/>
     <mergeCell ref="AM1:AX1"/>
-    <mergeCell ref="A266:T266"/>
+    <mergeCell ref="A268:T268"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Interné</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hárky</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
@@ -25621,47 +25925,47 @@
     </vt:vector>
   </TitlesOfParts>
   <Company>Ministerstvo financii Slovenskej republiky</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Antalicova Jana</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_4c805978-f532-4a1a-b9e1-4e19c2c6466f_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_4c805978-f532-4a1a-b9e1-4e19c2c6466f_SetDate">
-    <vt:lpwstr>2026-01-16T07:38:32Z</vt:lpwstr>
+    <vt:lpwstr>2026-03-13T08:26:02Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_4c805978-f532-4a1a-b9e1-4e19c2c6466f_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_4c805978-f532-4a1a-b9e1-4e19c2c6466f_Name">
     <vt:lpwstr>Internal</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_4c805978-f532-4a1a-b9e1-4e19c2c6466f_SiteId">
     <vt:lpwstr>579df390-dbff-49fd-8f10-624670566482</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_4c805978-f532-4a1a-b9e1-4e19c2c6466f_ActionId">
-    <vt:lpwstr>ec95d1a9-5cde-49f4-825e-26221a44bf7f</vt:lpwstr>
+    <vt:lpwstr>053c7a92-2e97-4a81-891d-d28e968bcc42</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_4c805978-f532-4a1a-b9e1-4e19c2c6466f_ContentBits">
     <vt:lpwstr>2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_4c805978-f532-4a1a-b9e1-4e19c2c6466f_Tag">
     <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>