--- v0 (2025-10-17)
+++ v1 (2026-01-27)
@@ -7,53 +7,53 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{BBD2F55A-642B-4B69-B4D4-F92ACF0D4031}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B425F3A8-E747-41C0-92E4-DB228367B03D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" tabRatio="670" xr2:uid="{4DECB6F9-8BCC-46AA-B6EE-80E645342947}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" tabRatio="670" activeTab="1" xr2:uid="{F670EE41-13EF-43BD-8D14-994CE9131F95}"/>
   </bookViews>
   <sheets>
     <sheet name="Akruálne ročné" sheetId="1" r:id="rId1"/>
     <sheet name="Hotovostne_rocne" sheetId="2" r:id="rId2"/>
     <sheet name="Prijmy_myto_a_dialnicne_znamky" sheetId="3" r:id="rId3"/>
     <sheet name="odvod_z_hazardnych_hier" sheetId="4" r:id="rId4"/>
     <sheet name="emisne_kvoty" sheetId="5" r:id="rId5"/>
     <sheet name="dividendy" sheetId="6" r:id="rId6"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -65,558 +65,556 @@
   <c r="M5" i="2"/>
   <c r="C5" i="2"/>
   <c r="M4" i="2"/>
   <c r="M14" i="1"/>
   <c r="L14" i="1"/>
   <c r="M13" i="1"/>
   <c r="L13" i="1"/>
   <c r="M10" i="1"/>
   <c r="M7" i="1"/>
   <c r="L7" i="1"/>
   <c r="K7" i="1"/>
   <c r="J7" i="1"/>
   <c r="I7" i="1"/>
   <c r="H7" i="1"/>
   <c r="G7" i="1"/>
   <c r="M6" i="1"/>
   <c r="C6" i="1"/>
   <c r="M5" i="1"/>
   <c r="C5" i="1"/>
   <c r="M4" i="1"/>
   <c r="A100" i="5"/>
   <c r="A99" i="5"/>
   <c r="A98" i="5"/>
   <c r="O97" i="5"/>
   <c r="A97" i="5"/>
+  <c r="I96" i="5"/>
   <c r="G96" i="5"/>
-  <c r="I96" i="5" s="1"/>
   <c r="E96" i="5"/>
   <c r="A96" i="5"/>
   <c r="I95" i="5"/>
   <c r="C95" i="5" s="1"/>
   <c r="G95" i="5"/>
   <c r="E95" i="5"/>
   <c r="A95" i="5"/>
   <c r="L94" i="5"/>
   <c r="M94" i="5" s="1"/>
   <c r="O94" i="5" s="1"/>
   <c r="I94" i="5"/>
-  <c r="C94" i="5" s="1"/>
   <c r="G94" i="5"/>
   <c r="E94" i="5"/>
   <c r="A94" i="5"/>
   <c r="I93" i="5"/>
-  <c r="C93" i="5" s="1"/>
   <c r="G93" i="5"/>
   <c r="E93" i="5"/>
+  <c r="C93" i="5"/>
   <c r="A93" i="5"/>
   <c r="M92" i="5"/>
   <c r="O92" i="5" s="1"/>
+  <c r="C92" i="5" s="1"/>
   <c r="K92" i="5"/>
   <c r="I92" i="5"/>
   <c r="G92" i="5"/>
   <c r="E92" i="5"/>
   <c r="A92" i="5"/>
   <c r="G91" i="5"/>
   <c r="I91" i="5" s="1"/>
   <c r="C91" i="5" s="1"/>
   <c r="E91" i="5"/>
   <c r="A91" i="5"/>
   <c r="M90" i="5"/>
   <c r="O90" i="5" s="1"/>
   <c r="K90" i="5"/>
   <c r="G90" i="5"/>
   <c r="I90" i="5" s="1"/>
   <c r="E90" i="5"/>
   <c r="A90" i="5"/>
   <c r="G89" i="5"/>
   <c r="I89" i="5" s="1"/>
   <c r="C89" i="5" s="1"/>
   <c r="E89" i="5"/>
   <c r="A89" i="5"/>
+  <c r="I88" i="5"/>
+  <c r="C88" i="5" s="1"/>
   <c r="G88" i="5"/>
-  <c r="I88" i="5" s="1"/>
-  <c r="C88" i="5" s="1"/>
   <c r="E88" i="5"/>
   <c r="A88" i="5"/>
   <c r="I87" i="5"/>
-  <c r="C87" i="5" s="1"/>
   <c r="G87" i="5"/>
   <c r="E87" i="5"/>
+  <c r="C87" i="5"/>
   <c r="A87" i="5"/>
+  <c r="I86" i="5"/>
   <c r="G86" i="5"/>
-  <c r="I86" i="5" s="1"/>
-  <c r="C86" i="5" s="1"/>
   <c r="E86" i="5"/>
+  <c r="C86" i="5"/>
   <c r="A86" i="5"/>
   <c r="G85" i="5"/>
   <c r="I85" i="5" s="1"/>
   <c r="C85" i="5" s="1"/>
   <c r="E85" i="5"/>
   <c r="A85" i="5"/>
   <c r="I84" i="5"/>
   <c r="C84" i="5" s="1"/>
   <c r="G84" i="5"/>
   <c r="E84" i="5"/>
   <c r="A84" i="5"/>
   <c r="I83" i="5"/>
-  <c r="C83" i="5" s="1"/>
   <c r="G83" i="5"/>
   <c r="E83" i="5"/>
+  <c r="C83" i="5"/>
   <c r="A83" i="5"/>
   <c r="I82" i="5"/>
+  <c r="C82" i="5" s="1"/>
   <c r="G82" i="5"/>
   <c r="E82" i="5"/>
-  <c r="C82" i="5"/>
   <c r="A82" i="5"/>
+  <c r="I81" i="5"/>
   <c r="G81" i="5"/>
-  <c r="I81" i="5" s="1"/>
-  <c r="C81" i="5" s="1"/>
   <c r="E81" i="5"/>
+  <c r="C81" i="5"/>
   <c r="A81" i="5"/>
+  <c r="I80" i="5"/>
+  <c r="C80" i="5" s="1"/>
   <c r="G80" i="5"/>
-  <c r="I80" i="5" s="1"/>
-  <c r="C80" i="5" s="1"/>
   <c r="E80" i="5"/>
   <c r="A80" i="5"/>
   <c r="I79" i="5"/>
   <c r="C79" i="5" s="1"/>
   <c r="G79" i="5"/>
   <c r="E79" i="5"/>
   <c r="A79" i="5"/>
   <c r="I78" i="5"/>
+  <c r="C78" i="5" s="1"/>
   <c r="G78" i="5"/>
   <c r="E78" i="5"/>
-  <c r="C78" i="5"/>
   <c r="A78" i="5"/>
   <c r="A77" i="5"/>
+  <c r="I76" i="5"/>
+  <c r="C76" i="5" s="1"/>
   <c r="G76" i="5"/>
-  <c r="I76" i="5" s="1"/>
-  <c r="C76" i="5" s="1"/>
   <c r="E76" i="5"/>
   <c r="A76" i="5"/>
   <c r="O75" i="5"/>
   <c r="M75" i="5"/>
   <c r="K75" i="5"/>
+  <c r="I75" i="5"/>
+  <c r="C75" i="5" s="1"/>
   <c r="G75" i="5"/>
-  <c r="I75" i="5" s="1"/>
-  <c r="C75" i="5" s="1"/>
   <c r="E75" i="5"/>
   <c r="A75" i="5"/>
   <c r="I74" i="5"/>
   <c r="C74" i="5" s="1"/>
   <c r="G74" i="5"/>
   <c r="E74" i="5"/>
   <c r="A74" i="5"/>
   <c r="O73" i="5"/>
   <c r="M73" i="5"/>
   <c r="K73" i="5"/>
   <c r="I73" i="5"/>
   <c r="C73" i="5" s="1"/>
   <c r="G73" i="5"/>
   <c r="E73" i="5"/>
   <c r="A73" i="5"/>
   <c r="I72" i="5"/>
+  <c r="C72" i="5" s="1"/>
   <c r="G72" i="5"/>
   <c r="E72" i="5"/>
-  <c r="C72" i="5"/>
   <c r="A72" i="5"/>
   <c r="O71" i="5"/>
   <c r="M71" i="5"/>
   <c r="K71" i="5"/>
   <c r="I71" i="5"/>
   <c r="G71" i="5"/>
   <c r="E71" i="5"/>
   <c r="A71" i="5"/>
   <c r="I70" i="5"/>
-  <c r="C70" i="5" s="1"/>
   <c r="G70" i="5"/>
   <c r="E70" i="5"/>
+  <c r="C70" i="5"/>
   <c r="A70" i="5"/>
   <c r="M69" i="5"/>
   <c r="O69" i="5" s="1"/>
+  <c r="C69" i="5" s="1"/>
   <c r="K69" i="5"/>
   <c r="I69" i="5"/>
-  <c r="C69" i="5" s="1"/>
   <c r="G69" i="5"/>
   <c r="E69" i="5"/>
   <c r="A69" i="5"/>
   <c r="G68" i="5"/>
   <c r="I68" i="5" s="1"/>
   <c r="C68" i="5" s="1"/>
   <c r="E68" i="5"/>
   <c r="A68" i="5"/>
   <c r="M67" i="5"/>
   <c r="O67" i="5" s="1"/>
   <c r="K67" i="5"/>
   <c r="G67" i="5"/>
   <c r="I67" i="5" s="1"/>
   <c r="E67" i="5"/>
   <c r="A67" i="5"/>
   <c r="G66" i="5"/>
   <c r="I66" i="5" s="1"/>
   <c r="C66" i="5" s="1"/>
   <c r="E66" i="5"/>
   <c r="A66" i="5"/>
   <c r="M65" i="5"/>
   <c r="O65" i="5" s="1"/>
-  <c r="C71" i="5" s="1"/>
   <c r="K65" i="5"/>
   <c r="G65" i="5"/>
   <c r="I65" i="5" s="1"/>
   <c r="E65" i="5"/>
   <c r="A65" i="5"/>
   <c r="G64" i="5"/>
   <c r="I64" i="5" s="1"/>
   <c r="C64" i="5" s="1"/>
   <c r="E64" i="5"/>
   <c r="A64" i="5"/>
   <c r="O63" i="5"/>
   <c r="M63" i="5"/>
   <c r="K63" i="5"/>
   <c r="G63" i="5"/>
   <c r="I63" i="5" s="1"/>
   <c r="C63" i="5" s="1"/>
   <c r="E63" i="5"/>
   <c r="A63" i="5"/>
   <c r="I62" i="5"/>
   <c r="C62" i="5" s="1"/>
   <c r="G62" i="5"/>
   <c r="E62" i="5"/>
   <c r="A62" i="5"/>
+  <c r="O61" i="5"/>
   <c r="M61" i="5"/>
-  <c r="O61" i="5" s="1"/>
   <c r="K61" i="5"/>
   <c r="I61" i="5"/>
   <c r="C61" i="5" s="1"/>
   <c r="G61" i="5"/>
   <c r="E61" i="5"/>
   <c r="A61" i="5"/>
+  <c r="I60" i="5"/>
   <c r="G60" i="5"/>
-  <c r="I60" i="5" s="1"/>
-  <c r="C60" i="5" s="1"/>
   <c r="E60" i="5"/>
+  <c r="C60" i="5"/>
   <c r="A60" i="5"/>
   <c r="O59" i="5"/>
   <c r="M59" i="5"/>
   <c r="K59" i="5"/>
+  <c r="I59" i="5"/>
   <c r="G59" i="5"/>
-  <c r="I59" i="5" s="1"/>
-  <c r="C59" i="5" s="1"/>
   <c r="E59" i="5"/>
+  <c r="C59" i="5"/>
   <c r="A59" i="5"/>
   <c r="I58" i="5"/>
   <c r="C58" i="5" s="1"/>
   <c r="G58" i="5"/>
   <c r="E58" i="5"/>
   <c r="A58" i="5"/>
   <c r="M57" i="5"/>
   <c r="O57" i="5" s="1"/>
   <c r="K57" i="5"/>
   <c r="I57" i="5"/>
   <c r="G57" i="5"/>
   <c r="E57" i="5"/>
   <c r="A57" i="5"/>
   <c r="G56" i="5"/>
   <c r="I56" i="5" s="1"/>
   <c r="C56" i="5" s="1"/>
   <c r="E56" i="5"/>
   <c r="A56" i="5"/>
   <c r="O55" i="5"/>
   <c r="M55" i="5"/>
   <c r="K55" i="5"/>
   <c r="G55" i="5"/>
   <c r="I55" i="5" s="1"/>
   <c r="C55" i="5" s="1"/>
   <c r="E55" i="5"/>
   <c r="A55" i="5"/>
   <c r="I54" i="5"/>
-  <c r="C54" i="5" s="1"/>
   <c r="G54" i="5"/>
   <c r="E54" i="5"/>
+  <c r="C54" i="5"/>
   <c r="A54" i="5"/>
+  <c r="O53" i="5"/>
   <c r="M53" i="5"/>
-  <c r="O53" i="5" s="1"/>
   <c r="K53" i="5"/>
   <c r="I53" i="5"/>
   <c r="G53" i="5"/>
   <c r="E53" i="5"/>
+  <c r="C53" i="5"/>
   <c r="A53" i="5"/>
+  <c r="I52" i="5"/>
   <c r="G52" i="5"/>
-  <c r="I52" i="5" s="1"/>
-  <c r="C52" i="5" s="1"/>
   <c r="E52" i="5"/>
+  <c r="C52" i="5"/>
   <c r="A52" i="5"/>
-  <c r="O51" i="5"/>
   <c r="M51" i="5"/>
+  <c r="O51" i="5" s="1"/>
+  <c r="C51" i="5" s="1"/>
   <c r="K51" i="5"/>
+  <c r="I51" i="5"/>
   <c r="G51" i="5"/>
-  <c r="I51" i="5" s="1"/>
-  <c r="C51" i="5" s="1"/>
   <c r="E51" i="5"/>
   <c r="A51" i="5"/>
-  <c r="I50" i="5"/>
+  <c r="G50" i="5"/>
+  <c r="I50" i="5" s="1"/>
   <c r="C50" i="5" s="1"/>
-  <c r="G50" i="5"/>
   <c r="E50" i="5"/>
   <c r="A50" i="5"/>
   <c r="M49" i="5"/>
   <c r="O49" i="5" s="1"/>
   <c r="K49" i="5"/>
-  <c r="I49" i="5"/>
-  <c r="C49" i="5" s="1"/>
   <c r="G49" i="5"/>
+  <c r="I49" i="5" s="1"/>
   <c r="E49" i="5"/>
   <c r="A49" i="5"/>
   <c r="G48" i="5"/>
   <c r="I48" i="5" s="1"/>
   <c r="C48" i="5" s="1"/>
   <c r="E48" i="5"/>
   <c r="A48" i="5"/>
   <c r="O47" i="5"/>
   <c r="M47" i="5"/>
   <c r="K47" i="5"/>
   <c r="G47" i="5"/>
   <c r="I47" i="5" s="1"/>
   <c r="C47" i="5" s="1"/>
   <c r="E47" i="5"/>
   <c r="A47" i="5"/>
   <c r="I46" i="5"/>
   <c r="C46" i="5" s="1"/>
   <c r="G46" i="5"/>
   <c r="E46" i="5"/>
   <c r="A46" i="5"/>
   <c r="M45" i="5"/>
   <c r="O45" i="5" s="1"/>
   <c r="K45" i="5"/>
   <c r="I45" i="5"/>
   <c r="C45" i="5" s="1"/>
   <c r="G45" i="5"/>
   <c r="E45" i="5"/>
   <c r="A45" i="5"/>
   <c r="G44" i="5"/>
   <c r="I44" i="5" s="1"/>
   <c r="C44" i="5" s="1"/>
   <c r="E44" i="5"/>
   <c r="A44" i="5"/>
   <c r="I43" i="5"/>
   <c r="C43" i="5" s="1"/>
   <c r="G43" i="5"/>
   <c r="E43" i="5"/>
   <c r="A43" i="5"/>
   <c r="G42" i="5"/>
   <c r="I42" i="5" s="1"/>
   <c r="C42" i="5" s="1"/>
   <c r="E42" i="5"/>
   <c r="A42" i="5"/>
   <c r="I41" i="5"/>
-  <c r="C41" i="5" s="1"/>
   <c r="G41" i="5"/>
   <c r="E41" i="5"/>
+  <c r="C41" i="5"/>
   <c r="A41" i="5"/>
+  <c r="I40" i="5"/>
   <c r="G40" i="5"/>
-  <c r="I40" i="5" s="1"/>
-  <c r="C40" i="5" s="1"/>
   <c r="E40" i="5"/>
+  <c r="C40" i="5"/>
   <c r="A40" i="5"/>
-  <c r="O39" i="5"/>
   <c r="M39" i="5"/>
+  <c r="O39" i="5" s="1"/>
+  <c r="C39" i="5" s="1"/>
   <c r="K39" i="5"/>
+  <c r="I39" i="5"/>
   <c r="G39" i="5"/>
-  <c r="I39" i="5" s="1"/>
-  <c r="C39" i="5" s="1"/>
   <c r="E39" i="5"/>
   <c r="A39" i="5"/>
-  <c r="O38" i="5"/>
   <c r="M38" i="5"/>
+  <c r="O38" i="5" s="1"/>
+  <c r="C38" i="5" s="1"/>
   <c r="K38" i="5"/>
+  <c r="I38" i="5"/>
   <c r="G38" i="5"/>
-  <c r="I38" i="5" s="1"/>
-  <c r="C38" i="5" s="1"/>
   <c r="E38" i="5"/>
   <c r="A38" i="5"/>
-  <c r="O37" i="5"/>
   <c r="M37" i="5"/>
+  <c r="O37" i="5" s="1"/>
+  <c r="C37" i="5" s="1"/>
   <c r="K37" i="5"/>
+  <c r="I37" i="5"/>
   <c r="G37" i="5"/>
-  <c r="I37" i="5" s="1"/>
-  <c r="C37" i="5" s="1"/>
   <c r="E37" i="5"/>
   <c r="A37" i="5"/>
-  <c r="I36" i="5"/>
+  <c r="G36" i="5"/>
+  <c r="I36" i="5" s="1"/>
   <c r="C36" i="5" s="1"/>
-  <c r="G36" i="5"/>
   <c r="E36" i="5"/>
   <c r="A36" i="5"/>
   <c r="G35" i="5"/>
   <c r="I35" i="5" s="1"/>
   <c r="C35" i="5" s="1"/>
   <c r="E35" i="5"/>
   <c r="A35" i="5"/>
   <c r="I34" i="5"/>
   <c r="C34" i="5" s="1"/>
   <c r="G34" i="5"/>
   <c r="E34" i="5"/>
   <c r="A34" i="5"/>
   <c r="G33" i="5"/>
   <c r="I33" i="5" s="1"/>
   <c r="C33" i="5" s="1"/>
   <c r="E33" i="5"/>
   <c r="A33" i="5"/>
   <c r="I32" i="5"/>
   <c r="C32" i="5" s="1"/>
   <c r="G32" i="5"/>
   <c r="E32" i="5"/>
   <c r="A32" i="5"/>
   <c r="G31" i="5"/>
   <c r="I31" i="5" s="1"/>
   <c r="C31" i="5" s="1"/>
   <c r="E31" i="5"/>
   <c r="A31" i="5"/>
   <c r="I30" i="5"/>
-  <c r="C30" i="5" s="1"/>
   <c r="G30" i="5"/>
   <c r="E30" i="5"/>
+  <c r="C30" i="5"/>
   <c r="A30" i="5"/>
+  <c r="I29" i="5"/>
   <c r="G29" i="5"/>
-  <c r="I29" i="5" s="1"/>
-  <c r="C29" i="5" s="1"/>
   <c r="E29" i="5"/>
+  <c r="C29" i="5"/>
   <c r="A29" i="5"/>
-  <c r="I28" i="5"/>
+  <c r="G28" i="5"/>
+  <c r="I28" i="5" s="1"/>
   <c r="C28" i="5" s="1"/>
-  <c r="G28" i="5"/>
   <c r="E28" i="5"/>
   <c r="A28" i="5"/>
   <c r="M27" i="5"/>
   <c r="O27" i="5" s="1"/>
   <c r="K27" i="5"/>
-  <c r="I27" i="5"/>
+  <c r="G27" i="5"/>
+  <c r="I27" i="5" s="1"/>
   <c r="C27" i="5" s="1"/>
-  <c r="G27" i="5"/>
   <c r="E27" i="5"/>
   <c r="A27" i="5"/>
   <c r="G26" i="5"/>
   <c r="I26" i="5" s="1"/>
   <c r="C26" i="5" s="1"/>
   <c r="E26" i="5"/>
   <c r="A26" i="5"/>
   <c r="O25" i="5"/>
   <c r="M25" i="5"/>
   <c r="K25" i="5"/>
   <c r="G25" i="5"/>
   <c r="I25" i="5" s="1"/>
   <c r="C25" i="5" s="1"/>
   <c r="E25" i="5"/>
   <c r="A25" i="5"/>
   <c r="I24" i="5"/>
   <c r="C24" i="5" s="1"/>
   <c r="G24" i="5"/>
   <c r="E24" i="5"/>
   <c r="A24" i="5"/>
   <c r="M23" i="5"/>
   <c r="O23" i="5" s="1"/>
   <c r="K23" i="5"/>
   <c r="I23" i="5"/>
-  <c r="C23" i="5" s="1"/>
   <c r="G23" i="5"/>
   <c r="E23" i="5"/>
   <c r="A23" i="5"/>
   <c r="G22" i="5"/>
   <c r="I22" i="5" s="1"/>
   <c r="C22" i="5" s="1"/>
   <c r="E22" i="5"/>
   <c r="A22" i="5"/>
   <c r="O21" i="5"/>
   <c r="M21" i="5"/>
   <c r="K21" i="5"/>
   <c r="G21" i="5"/>
   <c r="I21" i="5" s="1"/>
   <c r="C21" i="5" s="1"/>
   <c r="E21" i="5"/>
   <c r="A21" i="5"/>
   <c r="I20" i="5"/>
   <c r="C20" i="5" s="1"/>
   <c r="G20" i="5"/>
   <c r="E20" i="5"/>
   <c r="A20" i="5"/>
   <c r="M19" i="5"/>
   <c r="O19" i="5" s="1"/>
   <c r="K19" i="5"/>
   <c r="I19" i="5"/>
   <c r="G19" i="5"/>
   <c r="E19" i="5"/>
   <c r="A19" i="5"/>
   <c r="G18" i="5"/>
   <c r="I18" i="5" s="1"/>
   <c r="C18" i="5" s="1"/>
   <c r="E18" i="5"/>
   <c r="A18" i="5"/>
   <c r="O17" i="5"/>
   <c r="M17" i="5"/>
   <c r="K17" i="5"/>
   <c r="G17" i="5"/>
   <c r="I17" i="5" s="1"/>
   <c r="C17" i="5" s="1"/>
   <c r="E17" i="5"/>
   <c r="A17" i="5"/>
   <c r="I16" i="5"/>
-  <c r="C16" i="5" s="1"/>
   <c r="G16" i="5"/>
   <c r="E16" i="5"/>
+  <c r="C16" i="5"/>
   <c r="A16" i="5"/>
+  <c r="O15" i="5"/>
   <c r="M15" i="5"/>
-  <c r="O15" i="5" s="1"/>
   <c r="K15" i="5"/>
   <c r="I15" i="5"/>
   <c r="G15" i="5"/>
   <c r="E15" i="5"/>
+  <c r="C15" i="5"/>
   <c r="A15" i="5"/>
+  <c r="I14" i="5"/>
   <c r="G14" i="5"/>
-  <c r="I14" i="5" s="1"/>
-  <c r="C14" i="5" s="1"/>
   <c r="E14" i="5"/>
+  <c r="C14" i="5"/>
   <c r="A14" i="5"/>
-  <c r="O13" i="5"/>
   <c r="M13" i="5"/>
+  <c r="O13" i="5" s="1"/>
+  <c r="C13" i="5" s="1"/>
   <c r="K13" i="5"/>
+  <c r="I13" i="5"/>
   <c r="G13" i="5"/>
-  <c r="I13" i="5" s="1"/>
-  <c r="C13" i="5" s="1"/>
   <c r="E13" i="5"/>
   <c r="A13" i="5"/>
-  <c r="I12" i="5"/>
+  <c r="G12" i="5"/>
+  <c r="I12" i="5" s="1"/>
   <c r="C12" i="5" s="1"/>
-  <c r="G12" i="5"/>
   <c r="E12" i="5"/>
   <c r="A12" i="5"/>
   <c r="M11" i="5"/>
   <c r="O11" i="5" s="1"/>
   <c r="K11" i="5"/>
-  <c r="I11" i="5"/>
-  <c r="C11" i="5" s="1"/>
   <c r="G11" i="5"/>
+  <c r="I11" i="5" s="1"/>
   <c r="E11" i="5"/>
   <c r="A11" i="5"/>
   <c r="G10" i="5"/>
   <c r="I10" i="5" s="1"/>
   <c r="C10" i="5" s="1"/>
   <c r="E10" i="5"/>
   <c r="A10" i="5"/>
   <c r="O9" i="5"/>
   <c r="M9" i="5"/>
   <c r="K9" i="5"/>
   <c r="G9" i="5"/>
   <c r="I9" i="5" s="1"/>
   <c r="C9" i="5" s="1"/>
   <c r="E9" i="5"/>
   <c r="A9" i="5"/>
   <c r="O8" i="5"/>
   <c r="M8" i="5"/>
   <c r="K8" i="5"/>
   <c r="G8" i="5"/>
   <c r="I8" i="5" s="1"/>
   <c r="C8" i="5" s="1"/>
   <c r="E8" i="5"/>
   <c r="A8" i="5"/>
   <c r="O7" i="5"/>
   <c r="M7" i="5"/>
@@ -799,177 +797,179 @@
   <c r="A26" i="3"/>
   <c r="A25" i="3"/>
   <c r="A24" i="3"/>
   <c r="A23" i="3"/>
   <c r="A22" i="3"/>
   <c r="A21" i="3"/>
   <c r="A20" i="3"/>
   <c r="A19" i="3"/>
   <c r="A18" i="3"/>
   <c r="A17" i="3"/>
   <c r="A16" i="3"/>
   <c r="A15" i="3"/>
   <c r="A14" i="3"/>
   <c r="A13" i="3"/>
   <c r="A12" i="3"/>
   <c r="A11" i="3"/>
   <c r="A10" i="3"/>
   <c r="A9" i="3"/>
   <c r="A8" i="3"/>
   <c r="A7" i="3"/>
   <c r="A6" i="3"/>
   <c r="A5" i="3"/>
   <c r="E6" i="2" s="1"/>
   <c r="E6" i="1" s="1"/>
   <c r="M12" i="2"/>
+  <c r="M3" i="2" s="1"/>
   <c r="L12" i="2"/>
   <c r="K12" i="2"/>
   <c r="J12" i="2"/>
   <c r="I12" i="2"/>
   <c r="H12" i="2"/>
   <c r="G12" i="2"/>
   <c r="F12" i="2"/>
   <c r="E12" i="2"/>
   <c r="D12" i="2"/>
   <c r="C12" i="2"/>
-  <c r="C3" i="2" s="1"/>
   <c r="M8" i="2"/>
   <c r="L8" i="2"/>
   <c r="K8" i="2"/>
   <c r="J8" i="2"/>
   <c r="I8" i="2"/>
   <c r="H8" i="2"/>
   <c r="G8" i="2"/>
-  <c r="M3" i="2"/>
+  <c r="C3" i="2"/>
   <c r="M12" i="1"/>
   <c r="L12" i="1"/>
   <c r="K12" i="1"/>
   <c r="J12" i="1"/>
   <c r="I12" i="1"/>
   <c r="H12" i="1"/>
   <c r="G12" i="1"/>
   <c r="F12" i="1"/>
   <c r="E12" i="1"/>
   <c r="D12" i="1"/>
   <c r="C12" i="1"/>
   <c r="C3" i="1" s="1"/>
   <c r="M8" i="1"/>
+  <c r="M3" i="1" s="1"/>
   <c r="L8" i="1"/>
   <c r="K8" i="1"/>
   <c r="J8" i="1"/>
   <c r="I8" i="1"/>
   <c r="H8" i="1"/>
   <c r="G8" i="1"/>
-  <c r="M3" i="1"/>
-[...2 lines deleted...]
-  <c r="C53" i="5"/>
+  <c r="C19" i="5" l="1"/>
   <c r="C65" i="5"/>
   <c r="C67" i="5"/>
-  <c r="C92" i="5"/>
-  <c r="C19" i="5"/>
+  <c r="C23" i="5"/>
+  <c r="C94" i="5"/>
+  <c r="C49" i="5"/>
+  <c r="C71" i="5"/>
   <c r="C57" i="5"/>
+  <c r="C11" i="5"/>
+  <c r="C90" i="5"/>
   <c r="D4" i="2"/>
   <c r="L4" i="2"/>
   <c r="I5" i="2"/>
   <c r="I5" i="1" s="1"/>
   <c r="F6" i="2"/>
   <c r="F6" i="1" s="1"/>
   <c r="E4" i="2"/>
   <c r="J5" i="2"/>
   <c r="J5" i="1" s="1"/>
   <c r="G6" i="2"/>
   <c r="G6" i="1" s="1"/>
   <c r="F4" i="2"/>
   <c r="K5" i="2"/>
   <c r="K5" i="1" s="1"/>
   <c r="H6" i="2"/>
   <c r="H6" i="1" s="1"/>
   <c r="G4" i="2"/>
   <c r="D5" i="2"/>
   <c r="D5" i="1" s="1"/>
   <c r="L5" i="2"/>
   <c r="L5" i="1" s="1"/>
   <c r="I6" i="2"/>
   <c r="I6" i="1" s="1"/>
   <c r="H4" i="2"/>
   <c r="E5" i="2"/>
   <c r="E5" i="1" s="1"/>
   <c r="J6" i="2"/>
   <c r="J6" i="1" s="1"/>
   <c r="I4" i="2"/>
   <c r="F5" i="2"/>
   <c r="F5" i="1" s="1"/>
   <c r="K6" i="2"/>
   <c r="K6" i="1" s="1"/>
   <c r="J4" i="2"/>
   <c r="G5" i="2"/>
   <c r="G5" i="1" s="1"/>
   <c r="D6" i="2"/>
   <c r="D6" i="1" s="1"/>
   <c r="L6" i="2"/>
   <c r="L6" i="1" s="1"/>
   <c r="K4" i="2"/>
   <c r="H5" i="2"/>
   <c r="H5" i="1" s="1"/>
-  <c r="F4" i="1" l="1"/>
-[...4 lines deleted...]
-  <c r="H3" i="1" s="1"/>
+  <c r="J4" i="1" l="1"/>
+  <c r="J3" i="1" s="1"/>
   <c r="J3" i="2"/>
-  <c r="J4" i="1"/>
-  <c r="J3" i="1" s="1"/>
   <c r="E4" i="1"/>
   <c r="E3" i="1" s="1"/>
   <c r="E3" i="2"/>
-  <c r="K3" i="2"/>
-[...1 lines deleted...]
-  <c r="K3" i="1" s="1"/>
   <c r="G4" i="1"/>
   <c r="G3" i="1" s="1"/>
   <c r="G3" i="2"/>
   <c r="I3" i="2"/>
   <c r="I4" i="1"/>
   <c r="I3" i="1" s="1"/>
   <c r="L4" i="1"/>
   <c r="L3" i="1" s="1"/>
   <c r="L3" i="2"/>
   <c r="D4" i="1"/>
   <c r="D3" i="1" s="1"/>
   <c r="D3" i="2"/>
+  <c r="F4" i="1"/>
+  <c r="F3" i="1" s="1"/>
+  <c r="F3" i="2"/>
+  <c r="K3" i="2"/>
+  <c r="K4" i="1"/>
+  <c r="K3" i="1" s="1"/>
+  <c r="H3" i="2"/>
+  <c r="H4" i="1"/>
+  <c r="H3" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Autor</author>
   </authors>
   <commentList>
-    <comment ref="H3" authorId="0" shapeId="0" xr:uid="{270F727B-18D7-43E7-A6CF-CE1372FAEA8B}">
+    <comment ref="H3" authorId="0" shapeId="0" xr:uid="{A8A80D3F-4B63-4690-9886-6200C9553768}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="8"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>Autor:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="8"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 V prípade aukcie v posledné 2 pracovné dni v mesiaci prebehnú výnosy z aukcie
  na účet Envirofondu až v prvý deň nasledujúceho mesiaca.
 </t>
         </r>
@@ -2564,53 +2564,53 @@
     <cellStyle name="20 % - zvýraznenie4" xfId="32" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20 % - zvýraznenie5" xfId="36" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20 % - zvýraznenie6" xfId="40" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40 % - zvýraznenie1" xfId="21" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40 % - zvýraznenie2" xfId="25" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40 % - zvýraznenie3" xfId="29" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40 % - zvýraznenie4" xfId="33" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40 % - zvýraznenie5" xfId="37" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40 % - zvýraznenie6" xfId="41" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60 % - zvýraznenie1" xfId="22" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60 % - zvýraznenie2" xfId="26" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60 % - zvýraznenie3" xfId="30" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60 % - zvýraznenie4" xfId="34" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60 % - zvýraznenie5" xfId="38" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60 % - zvýraznenie6" xfId="42" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Čiarka" xfId="1" builtinId="3" customBuiltin="1"/>
     <cellStyle name="Dobrá" xfId="7" builtinId="26" customBuiltin="1"/>
     <cellStyle name="Kontrolná bunka" xfId="14" builtinId="23" customBuiltin="1"/>
     <cellStyle name="Nadpis 1" xfId="3" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Nadpis 2" xfId="4" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Nadpis 3" xfId="5" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Nadpis 4" xfId="6" builtinId="19" customBuiltin="1"/>
     <cellStyle name="Názov" xfId="2" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Neutrálna" xfId="9" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normálna" xfId="0" builtinId="0" customBuiltin="1"/>
-    <cellStyle name="Normálna 2" xfId="43" xr:uid="{E16FD952-A5D2-40EE-9269-93A1B2F49E26}"/>
-[...1 lines deleted...]
-    <cellStyle name="Percentá 2" xfId="45" xr:uid="{3A6296D0-8CD7-4000-9E10-9C05F2F023AA}"/>
+    <cellStyle name="Normálna 2" xfId="43" xr:uid="{AF3B6B73-BF0C-471A-8496-ECA0A2EE4058}"/>
+    <cellStyle name="Normálna 2 2" xfId="44" xr:uid="{1846B563-C579-41B5-8CA4-DBCFAAA5DCC3}"/>
+    <cellStyle name="Percentá 2" xfId="45" xr:uid="{8EDE8DE5-77D1-40B1-9097-CE4660B5BBCD}"/>
     <cellStyle name="Poznámka" xfId="16" builtinId="10" customBuiltin="1"/>
     <cellStyle name="Prepojená bunka" xfId="13" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Spolu" xfId="18" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Text upozornenia" xfId="15" builtinId="11" customBuiltin="1"/>
     <cellStyle name="Vstup" xfId="10" builtinId="20" customBuiltin="1"/>
     <cellStyle name="Výpočet" xfId="12" builtinId="22" customBuiltin="1"/>
     <cellStyle name="Výstup" xfId="11" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Vysvetľujúci text" xfId="17" builtinId="53" customBuiltin="1"/>
     <cellStyle name="Zlá" xfId="8" builtinId="27" customBuiltin="1"/>
     <cellStyle name="Zvýraznenie1" xfId="19" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Zvýraznenie2" xfId="23" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Zvýraznenie3" xfId="27" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Zvýraznenie4" xfId="31" builtinId="41" customBuiltin="1"/>
     <cellStyle name="Zvýraznenie5" xfId="35" builtinId="45" customBuiltin="1"/>
     <cellStyle name="Zvýraznenie6" xfId="39" builtinId="49" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
@@ -2920,54 +2920,54 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B04F5B07-30AC-4226-AC5D-907E5BB086F3}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7072D0FD-E8CF-4B00-8DC8-293607DD2895}">
   <dimension ref="B1:O16"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+    <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="M10" sqref="M10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.75" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="2.9140625" style="1" customWidth="1"/>
     <col min="2" max="2" width="30.9140625" style="1" customWidth="1"/>
     <col min="3" max="9" width="9" style="1"/>
     <col min="10" max="10" width="9.9140625" style="1" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="10.4140625" style="1" customWidth="1"/>
     <col min="12" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="4"/>
       <c r="J1" s="4"/>
@@ -3494,54 +3494,54 @@
       <c r="D15" s="19"/>
       <c r="E15" s="19"/>
       <c r="F15" s="19"/>
       <c r="G15" s="19"/>
       <c r="H15" s="19"/>
       <c r="I15" s="19"/>
       <c r="O15" s="18">
         <v>294859.67842000001</v>
       </c>
     </row>
     <row r="16" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B16" s="20" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="I1:J1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4802A71A-3BA4-4F9B-8DFB-B3A36B0D64A8}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{51B54EB7-C097-457B-8C39-C0A540BB8479}">
   <dimension ref="B1:O16"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <selection activeCell="B17" sqref="B17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.75" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="2.9140625" style="1" customWidth="1"/>
     <col min="2" max="2" width="30.9140625" style="1" customWidth="1"/>
     <col min="3" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B1" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="4"/>
       <c r="J1" s="4"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
@@ -4048,58 +4048,58 @@
     <row r="15" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B15" s="19" t="s">
         <v>17</v>
       </c>
       <c r="C15" s="19"/>
       <c r="D15" s="19"/>
       <c r="E15" s="19"/>
       <c r="F15" s="19"/>
       <c r="G15" s="19"/>
       <c r="H15" s="19"/>
       <c r="I15" s="19"/>
     </row>
     <row r="16" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B16" s="20"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="I1:J1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EC51AE2F-17FC-4978-AC04-1A0EE6703B21}">
-  <dimension ref="A1:I139"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3DF4E646-B655-4C57-A051-434BB387E918}">
+  <dimension ref="A1:I145"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <pane xSplit="2" ySplit="4" topLeftCell="C121" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="4" topLeftCell="C130" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="D129" sqref="D129"/>
+      <selection pane="bottomRight" activeCell="I128" sqref="I128"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.75" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="2.5" style="1" customWidth="1"/>
     <col min="2" max="2" width="13.9140625" style="27" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="16.4140625" style="1" customWidth="1"/>
     <col min="4" max="4" width="15.4140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="15.9140625" style="1" customWidth="1"/>
     <col min="6" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B1" s="28" t="s">
         <v>18</v>
       </c>
       <c r="C1" s="29"/>
       <c r="D1" s="29"/>
       <c r="E1" s="29"/>
       <c r="F1" s="29"/>
     </row>
     <row r="2" spans="1:6" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B2" s="30" t="s">
         <v>19</v>
       </c>
@@ -6627,220 +6627,256 @@
       </c>
       <c r="E125" s="45">
         <v>16598.481</v>
       </c>
       <c r="F125" s="45">
         <v>-589.43396999999823</v>
       </c>
       <c r="G125" s="9"/>
     </row>
     <row r="126" spans="2:7" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B126" s="57">
         <v>45689</v>
       </c>
       <c r="C126" s="58">
         <v>28739.135939999996</v>
       </c>
       <c r="D126" s="47">
         <v>15627.777</v>
       </c>
       <c r="E126" s="47">
         <v>13885.303</v>
       </c>
       <c r="F126" s="47">
         <v>-773.94406000000527</v>
       </c>
+      <c r="G126" s="9"/>
     </row>
     <row r="127" spans="2:7" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B127" s="57">
         <v>45717</v>
       </c>
       <c r="C127" s="58">
         <v>32413.436000000016</v>
       </c>
       <c r="D127" s="47">
         <v>21985.550999999999</v>
       </c>
       <c r="E127" s="47">
         <v>9555.1110000000008</v>
       </c>
       <c r="F127" s="47">
         <v>872.7740000000158</v>
       </c>
+      <c r="G127" s="9"/>
     </row>
     <row r="128" spans="2:7" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B128" s="57">
         <v>45748</v>
       </c>
       <c r="C128" s="58">
         <v>31227.36097999999</v>
       </c>
       <c r="D128" s="47">
         <v>23067.831999999999</v>
       </c>
       <c r="E128" s="47">
         <v>9644.6129999999994</v>
       </c>
       <c r="F128" s="47">
         <v>-1485.0840200000093</v>
       </c>
+      <c r="G128" s="9"/>
     </row>
     <row r="129" spans="2:9" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B129" s="57">
         <v>45778</v>
       </c>
       <c r="C129" s="58">
         <v>31464.508950000003</v>
       </c>
       <c r="D129" s="47">
         <v>21558.316999999999</v>
       </c>
       <c r="E129" s="47">
         <v>9627.9330000000009</v>
       </c>
       <c r="F129" s="47">
         <v>278.2589500000031</v>
       </c>
+      <c r="G129" s="9"/>
       <c r="I129" s="9"/>
     </row>
     <row r="130" spans="2:9" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B130" s="57">
         <v>45809</v>
       </c>
       <c r="C130" s="58">
         <v>32828.788249999998</v>
       </c>
       <c r="D130" s="47">
         <v>21268.655999999999</v>
       </c>
       <c r="E130" s="47">
         <v>11147.841</v>
       </c>
       <c r="F130" s="47">
         <v>412.2912499999984</v>
       </c>
+      <c r="G130" s="9"/>
     </row>
     <row r="131" spans="2:9" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B131" s="57">
         <v>45839</v>
       </c>
       <c r="C131" s="58">
         <v>41071.977129999992</v>
       </c>
       <c r="D131" s="47">
         <v>30938.134999999998</v>
       </c>
       <c r="E131" s="47">
         <v>12602.156999999999</v>
       </c>
       <c r="F131" s="47">
         <v>-2468.3148700000093</v>
       </c>
+      <c r="G131" s="9"/>
     </row>
     <row r="132" spans="2:9" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B132" s="57">
         <v>45870</v>
       </c>
       <c r="C132" s="58">
         <v>37592.070549999982</v>
       </c>
       <c r="D132" s="47">
         <v>25961.362000000001</v>
       </c>
       <c r="E132" s="47">
         <v>11432.091</v>
       </c>
       <c r="F132" s="47">
         <v>198.61754999998084</v>
       </c>
+      <c r="G132" s="9"/>
     </row>
     <row r="133" spans="2:9" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B133" s="57">
         <v>45901</v>
       </c>
-      <c r="C133" s="58"/>
-[...2 lines deleted...]
-      <c r="F133" s="47"/>
+      <c r="C133" s="58">
+        <v>42320.241080000043</v>
+      </c>
+      <c r="D133" s="47">
+        <v>31951.517</v>
+      </c>
+      <c r="E133" s="47">
+        <v>10027.317999999999</v>
+      </c>
+      <c r="F133" s="47">
+        <v>341.40608000004431</v>
+      </c>
+      <c r="G133" s="9"/>
     </row>
     <row r="134" spans="2:9" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B134" s="57">
         <v>45931</v>
       </c>
-      <c r="C134" s="58"/>
-[...2 lines deleted...]
-      <c r="F134" s="47"/>
+      <c r="C134" s="58">
+        <v>40512.351740000013</v>
+      </c>
+      <c r="D134" s="47">
+        <v>35605.661</v>
+      </c>
+      <c r="E134" s="47">
+        <v>8872.9449999999997</v>
+      </c>
+      <c r="F134" s="47">
+        <v>-3966.254259999987</v>
+      </c>
+      <c r="G134" s="9"/>
     </row>
     <row r="135" spans="2:9" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B135" s="57">
         <v>45962</v>
       </c>
-      <c r="C135" s="58"/>
-[...2 lines deleted...]
-      <c r="F135" s="47"/>
+      <c r="C135" s="58">
+        <v>36454.36</v>
+      </c>
+      <c r="D135" s="47">
+        <v>29048.38</v>
+      </c>
+      <c r="E135" s="47">
+        <v>7191.6589999999997</v>
+      </c>
+      <c r="F135" s="47">
+        <v>214.32099999999627</v>
+      </c>
     </row>
     <row r="136" spans="2:9" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B136" s="59">
         <v>45992</v>
       </c>
       <c r="C136" s="60"/>
       <c r="D136" s="54"/>
       <c r="E136" s="54"/>
       <c r="F136" s="54"/>
     </row>
     <row r="138" spans="2:9" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B138" s="61" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="139" spans="2:9" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B139" s="62" t="s">
         <v>107</v>
       </c>
+    </row>
+    <row r="145" spans="3:3" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C145" s="9"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="B2:B4"/>
     <mergeCell ref="C2:C4"/>
     <mergeCell ref="D2:F2"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:E4"/>
     <mergeCell ref="F3:F4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="90" verticalDpi="90"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{345749BF-EDB4-4431-A3DC-E11FF7F6A696}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C4267703-8988-4E35-AD53-97AA8FDD54DA}">
   <dimension ref="A1:N76"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="85" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A60" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="2" topLeftCell="A63" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" sqref="A1:G1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="16.5" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="12.75" style="64" bestFit="1" customWidth="1"/>
     <col min="2" max="6" width="11.4140625" style="65" customWidth="1"/>
     <col min="7" max="7" width="11.9140625" style="65" bestFit="1" customWidth="1"/>
     <col min="8" max="9" width="9" style="63"/>
     <col min="10" max="10" width="9.9140625" style="63" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="8.9140625" style="63" customWidth="1"/>
     <col min="12" max="12" width="10.4140625" style="63" customWidth="1"/>
     <col min="13" max="13" width="9" style="63"/>
     <col min="14" max="14" width="14.4140625" style="63" bestFit="1" customWidth="1"/>
     <col min="15" max="16384" width="9" style="63"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" s="66" customFormat="1" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="67" t="s">
         <v>108</v>
       </c>
       <c r="B1" s="68"/>
       <c r="C1" s="68"/>
       <c r="D1" s="68"/>
       <c r="E1" s="68"/>
@@ -8025,624 +8061,688 @@
     </row>
     <row r="48" spans="1:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A48" s="81">
         <v>45200</v>
       </c>
       <c r="B48" s="73">
         <v>3505068.92</v>
       </c>
       <c r="C48" s="73">
         <v>6757898.7700000005</v>
       </c>
       <c r="D48" s="73">
         <v>0</v>
       </c>
       <c r="E48" s="73">
         <v>8226886.0199999996</v>
       </c>
       <c r="F48" s="73">
         <f t="shared" si="0"/>
         <v>1273969.75</v>
       </c>
       <c r="G48" s="73">
         <v>19763823.460000001</v>
       </c>
     </row>
-    <row r="49" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A49" s="81">
         <v>45231</v>
       </c>
       <c r="B49" s="73">
         <v>3805805.36</v>
       </c>
       <c r="C49" s="73">
         <v>7486866.8100000005</v>
       </c>
       <c r="D49" s="73">
         <v>0</v>
       </c>
       <c r="E49" s="73">
         <v>9507594.7200000007</v>
       </c>
       <c r="F49" s="73">
         <v>1139932.21</v>
       </c>
       <c r="G49" s="73">
         <v>21940199.100000001</v>
       </c>
     </row>
-    <row r="50" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A50" s="77">
         <v>45261</v>
       </c>
       <c r="B50" s="78">
         <v>3461288.22</v>
       </c>
       <c r="C50" s="78">
         <v>8131507.9299999997</v>
       </c>
       <c r="D50" s="78">
         <v>84600</v>
       </c>
       <c r="E50" s="78">
         <v>9316943.7699999996</v>
       </c>
       <c r="F50" s="78">
         <v>1291706.28</v>
       </c>
       <c r="G50" s="78">
         <v>22286046.199999999</v>
       </c>
     </row>
-    <row r="51" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A51" s="81">
         <v>45292</v>
       </c>
       <c r="B51" s="73">
         <v>4058562.4</v>
       </c>
       <c r="C51" s="73">
         <v>7594278.4100000001</v>
       </c>
       <c r="D51" s="73">
         <v>514650</v>
       </c>
       <c r="E51" s="73">
         <v>10701196.960000001</v>
       </c>
       <c r="F51" s="73">
         <f t="shared" ref="F51:F64" si="1">G51-SUM(B51:E51)</f>
         <v>951998.8200000003</v>
       </c>
       <c r="G51" s="73">
         <v>23820686.590000004</v>
       </c>
     </row>
-    <row r="52" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A52" s="81">
         <v>45323</v>
       </c>
       <c r="B52" s="73">
         <v>4310135</v>
       </c>
       <c r="C52" s="73">
         <v>7164243.5899999999</v>
       </c>
       <c r="D52" s="73">
         <v>129250</v>
       </c>
       <c r="E52" s="73">
         <v>9629497.0999999996</v>
       </c>
       <c r="F52" s="73">
         <f t="shared" si="1"/>
         <v>736929.46999999881</v>
       </c>
       <c r="G52" s="73">
         <v>21970055.159999996</v>
       </c>
     </row>
-    <row r="53" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A53" s="81">
         <v>45352</v>
       </c>
       <c r="B53" s="73">
         <v>3651087.5</v>
       </c>
       <c r="C53" s="73">
         <v>7376955.71</v>
       </c>
       <c r="D53" s="73">
         <v>307850</v>
       </c>
       <c r="E53" s="73">
         <v>9242890.6999999993</v>
       </c>
       <c r="F53" s="73">
         <f t="shared" si="1"/>
         <v>1540881.3999999985</v>
       </c>
       <c r="G53" s="73">
         <v>22119665.309999999</v>
       </c>
     </row>
-    <row r="54" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A54" s="81">
         <v>45383</v>
       </c>
       <c r="B54" s="73">
         <v>4041566.18</v>
       </c>
       <c r="C54" s="73">
         <v>7665196.1399999997</v>
       </c>
       <c r="D54" s="73">
         <v>27208300</v>
       </c>
       <c r="E54" s="73">
         <v>10301264.18</v>
       </c>
       <c r="F54" s="73">
         <f t="shared" si="1"/>
         <v>5194843.9699999988</v>
       </c>
       <c r="G54" s="73">
         <v>54411170.469999999</v>
       </c>
     </row>
-    <row r="55" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A55" s="81">
         <v>45413</v>
       </c>
       <c r="B55" s="73">
         <v>4099104.1</v>
       </c>
       <c r="C55" s="73">
         <v>6509969.25</v>
       </c>
       <c r="D55" s="73">
         <v>784900</v>
       </c>
       <c r="E55" s="73">
         <v>9915192.8399999999</v>
       </c>
       <c r="F55" s="73">
         <f t="shared" si="1"/>
         <v>3569409.2800000049</v>
       </c>
       <c r="G55" s="73">
         <v>24878575.470000003</v>
       </c>
     </row>
-    <row r="56" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A56" s="81">
         <v>45444</v>
       </c>
       <c r="B56" s="73">
         <v>4098783.3</v>
       </c>
       <c r="C56" s="73">
         <v>7971520.3299999991</v>
       </c>
       <c r="D56" s="73">
         <v>0</v>
       </c>
       <c r="E56" s="73">
         <v>10542638.6</v>
       </c>
       <c r="F56" s="73">
         <f t="shared" si="1"/>
         <v>2542901.1900000051</v>
       </c>
       <c r="G56" s="73">
         <v>25155843.420000002</v>
       </c>
     </row>
-    <row r="57" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A57" s="81">
         <v>45474</v>
       </c>
       <c r="B57" s="73">
         <v>3855082</v>
       </c>
       <c r="C57" s="73">
         <v>7110086.8300000001</v>
       </c>
       <c r="D57" s="73">
         <v>333450</v>
       </c>
       <c r="E57" s="73">
         <v>10257296.710000001</v>
       </c>
       <c r="F57" s="73">
         <f t="shared" si="1"/>
         <v>1190158.7100000009</v>
       </c>
       <c r="G57" s="73">
         <v>22746074.25</v>
       </c>
       <c r="I57" s="84"/>
     </row>
-    <row r="58" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A58" s="81">
         <v>45505</v>
       </c>
       <c r="B58" s="73">
         <v>3834326.32</v>
       </c>
       <c r="C58" s="73">
         <v>5796759.2000000002</v>
       </c>
       <c r="D58" s="73">
         <v>23281700</v>
       </c>
       <c r="E58" s="73">
         <v>10329408.32</v>
       </c>
       <c r="F58" s="73">
         <f t="shared" si="1"/>
         <v>5654182.3099999949</v>
       </c>
       <c r="G58" s="73">
         <v>48896376.149999999</v>
       </c>
     </row>
-    <row r="59" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A59" s="81">
         <v>45536</v>
       </c>
       <c r="B59" s="73">
         <v>3762862.16</v>
       </c>
       <c r="C59" s="73">
         <v>6076240.7400000002</v>
       </c>
       <c r="D59" s="73">
         <v>5647050</v>
       </c>
       <c r="E59" s="73">
         <v>10823823.65</v>
       </c>
       <c r="F59" s="73">
         <f t="shared" si="1"/>
         <v>2331126.4000000022</v>
       </c>
       <c r="G59" s="73">
         <v>28641102.950000003</v>
       </c>
     </row>
-    <row r="60" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A60" s="81">
         <v>45566</v>
       </c>
       <c r="B60" s="73">
         <v>3771854.36</v>
       </c>
       <c r="C60" s="73">
         <v>6126611.5800000001</v>
       </c>
       <c r="D60" s="73">
         <v>0</v>
       </c>
       <c r="E60" s="73">
         <v>11246084.710000001</v>
       </c>
       <c r="F60" s="73">
         <f t="shared" si="1"/>
         <v>1475918.2600000054</v>
       </c>
       <c r="G60" s="73">
         <v>22620468.910000004</v>
       </c>
     </row>
-    <row r="61" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A61" s="81">
         <v>45597</v>
       </c>
       <c r="B61" s="73">
         <v>3932085.36</v>
       </c>
       <c r="C61" s="73">
         <v>8295090.3600000003</v>
       </c>
       <c r="D61" s="73">
         <v>0</v>
       </c>
       <c r="E61" s="73">
         <v>11519922.130000001</v>
       </c>
       <c r="F61" s="73">
         <f t="shared" si="1"/>
         <v>677723.13000000268</v>
       </c>
       <c r="G61" s="73">
         <v>24424820.980000004</v>
       </c>
     </row>
-    <row r="62" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A62" s="77">
         <v>45627</v>
       </c>
       <c r="B62" s="78">
         <v>4254361.46</v>
       </c>
       <c r="C62" s="78">
         <v>9220705.4700000007</v>
       </c>
       <c r="D62" s="78">
         <v>317250</v>
       </c>
       <c r="E62" s="78">
         <v>11557049.439999999</v>
       </c>
       <c r="F62" s="78">
         <f t="shared" si="1"/>
         <v>2221771.8600000031</v>
       </c>
       <c r="G62" s="78">
         <v>27571138.23</v>
       </c>
     </row>
-    <row r="63" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A63" s="81">
         <v>45658</v>
       </c>
       <c r="B63" s="73">
         <v>4478671.34</v>
       </c>
       <c r="C63" s="73">
         <v>7646806.6399999997</v>
       </c>
       <c r="D63" s="73">
         <v>28200</v>
       </c>
       <c r="E63" s="73">
         <v>13487603.699999999</v>
       </c>
       <c r="F63" s="73">
         <f t="shared" si="1"/>
         <v>918471.41000000015</v>
       </c>
       <c r="G63" s="73">
         <v>26559753.09</v>
       </c>
-    </row>
-    <row r="64" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="J63" s="74"/>
+    </row>
+    <row r="64" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A64" s="81">
         <v>45689</v>
       </c>
       <c r="B64" s="73">
         <v>4214383.92</v>
       </c>
       <c r="C64" s="73">
         <v>8170152.2199999997</v>
       </c>
       <c r="D64" s="73">
         <v>345450</v>
       </c>
       <c r="E64" s="73">
         <v>11361986.029999999</v>
       </c>
       <c r="F64" s="73">
         <f t="shared" si="1"/>
         <v>693052.23999999836</v>
       </c>
       <c r="G64" s="73">
         <v>24785024.41</v>
       </c>
-    </row>
-    <row r="65" spans="1:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="J64" s="74"/>
+    </row>
+    <row r="65" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A65" s="81">
         <v>45717</v>
       </c>
       <c r="B65" s="73">
         <v>3908521.66</v>
       </c>
       <c r="C65" s="73">
         <v>7867907.29</v>
       </c>
       <c r="D65" s="73">
         <v>222500</v>
       </c>
       <c r="E65" s="73">
         <v>10805276.779999999</v>
       </c>
       <c r="F65" s="73">
         <v>1890937.7800000012</v>
       </c>
       <c r="G65" s="73">
         <v>24695143.509999998</v>
       </c>
-    </row>
-    <row r="66" spans="1:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="J65" s="74"/>
+    </row>
+    <row r="66" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A66" s="81">
         <v>45748</v>
       </c>
       <c r="B66" s="73">
         <v>4517651.22</v>
       </c>
       <c r="C66" s="73">
         <v>7166896.21</v>
       </c>
       <c r="D66" s="73">
         <v>21123550</v>
       </c>
       <c r="E66" s="73">
         <v>12210468.359999999</v>
       </c>
       <c r="F66" s="73">
         <v>5076829.2300000042</v>
       </c>
       <c r="G66" s="73">
         <v>50095395.020000003</v>
       </c>
-    </row>
-    <row r="67" spans="1:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="J66" s="74"/>
+    </row>
+    <row r="67" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A67" s="81">
         <v>45778</v>
       </c>
       <c r="B67" s="73">
         <v>4145688.34</v>
       </c>
       <c r="C67" s="73">
         <v>8337854.2599999998</v>
       </c>
       <c r="D67" s="73">
         <v>2626300</v>
       </c>
       <c r="E67" s="73">
         <v>12830783.060000001</v>
       </c>
       <c r="F67" s="73">
         <v>1539789.7800000012</v>
       </c>
       <c r="G67" s="73">
         <v>29480415.440000001</v>
       </c>
-    </row>
-    <row r="68" spans="1:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="J67" s="74"/>
+    </row>
+    <row r="68" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A68" s="81">
         <v>45809</v>
       </c>
       <c r="B68" s="73">
         <v>4335022.6399999997</v>
       </c>
       <c r="C68" s="73">
         <v>7825014.8099999996</v>
       </c>
       <c r="D68" s="73">
         <v>0</v>
       </c>
       <c r="E68" s="73">
         <v>13685040.609999999</v>
       </c>
       <c r="F68" s="73">
         <v>4720886.8899999969</v>
       </c>
       <c r="G68" s="73">
         <v>30565964.949999996</v>
       </c>
-    </row>
-    <row r="69" spans="1:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="J68" s="74"/>
+    </row>
+    <row r="69" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A69" s="81">
         <v>45839</v>
       </c>
       <c r="B69" s="73">
         <v>4048090.46</v>
       </c>
       <c r="C69" s="73">
         <v>5572727.8899999997</v>
       </c>
       <c r="D69" s="73">
         <v>1414400</v>
       </c>
       <c r="E69" s="73">
         <v>12722294.560000001</v>
       </c>
       <c r="F69" s="73">
         <v>1862893.870000001</v>
       </c>
       <c r="G69" s="73">
         <v>25620406.780000001</v>
       </c>
-    </row>
-    <row r="70" spans="1:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="J69" s="74"/>
+    </row>
+    <row r="70" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A70" s="81">
         <v>45870</v>
       </c>
       <c r="B70" s="73">
         <v>4219211.26</v>
       </c>
       <c r="C70" s="73">
         <v>6104708.8899999997</v>
       </c>
       <c r="D70" s="73">
         <v>19672400</v>
       </c>
       <c r="E70" s="73">
         <v>12486112.41</v>
       </c>
       <c r="F70" s="73">
         <v>5492813.299999997</v>
       </c>
       <c r="G70" s="73">
         <v>47975245.859999999</v>
       </c>
-    </row>
-    <row r="71" spans="1:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="J70" s="74"/>
+    </row>
+    <row r="71" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A71" s="81">
         <v>45901</v>
       </c>
-    </row>
-    <row r="72" spans="1:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B71" s="73">
+        <v>4207879.74</v>
+      </c>
+      <c r="C71" s="73">
+        <v>7768917.7800000003</v>
+      </c>
+      <c r="D71" s="73">
+        <v>3397850</v>
+      </c>
+      <c r="E71" s="73">
+        <v>12904965.199999999</v>
+      </c>
+      <c r="F71" s="73">
+        <v>3399589.5900000036</v>
+      </c>
+      <c r="G71" s="73">
+        <v>31679202.310000002</v>
+      </c>
+      <c r="J71" s="74"/>
+    </row>
+    <row r="72" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A72" s="81">
         <v>45931</v>
       </c>
-    </row>
-    <row r="73" spans="1:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B72" s="73">
+        <v>4223725.18</v>
+      </c>
+      <c r="C72" s="73">
+        <v>6607511.4299999997</v>
+      </c>
+      <c r="D72" s="73">
+        <v>0</v>
+      </c>
+      <c r="E72" s="73">
+        <v>13059109.43</v>
+      </c>
+      <c r="F72" s="73">
+        <v>1424733.4699999988</v>
+      </c>
+      <c r="G72" s="73">
+        <v>25315079.509999998</v>
+      </c>
+      <c r="J72" s="74"/>
+    </row>
+    <row r="73" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A73" s="81">
         <v>45962</v>
       </c>
-    </row>
-    <row r="74" spans="1:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B73" s="73">
+        <v>4644845.08</v>
+      </c>
+      <c r="C73" s="73">
+        <v>7881028.46</v>
+      </c>
+      <c r="D73" s="73">
+        <v>0</v>
+      </c>
+      <c r="E73" s="73">
+        <v>11465593.65</v>
+      </c>
+      <c r="F73" s="73">
+        <v>995846.73000000417</v>
+      </c>
+      <c r="G73" s="73">
+        <v>24987313.920000002</v>
+      </c>
+    </row>
+    <row r="74" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A74" s="77">
         <v>45992</v>
       </c>
       <c r="B74" s="85"/>
       <c r="C74" s="85"/>
       <c r="D74" s="85"/>
       <c r="E74" s="85"/>
       <c r="F74" s="85"/>
       <c r="G74" s="85"/>
     </row>
-    <row r="76" spans="1:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="76" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B76" s="73"/>
       <c r="C76" s="73"/>
       <c r="D76" s="73"/>
       <c r="E76" s="73"/>
       <c r="F76" s="73"/>
       <c r="G76" s="73"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="J13:L13"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="90" verticalDpi="90"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EAAAD080-D402-4FDE-80E6-024715F34869}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{366D3112-F790-49D2-882D-1924CF6F7E84}">
   <dimension ref="A1:O155"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <pane xSplit="2" ySplit="4" topLeftCell="C131" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="4" topLeftCell="C125" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="H138" sqref="H138"/>
+      <selection pane="bottomRight" activeCell="G139" sqref="G139"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.75" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="2.4140625" style="1" customWidth="1"/>
     <col min="2" max="2" width="13.9140625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="4" width="9.9140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="11" style="1" customWidth="1"/>
     <col min="6" max="6" width="10.9140625" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="9.4140625" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="9.9140625" style="1" bestFit="1" customWidth="1"/>
     <col min="9" max="15" width="10.4140625" style="1" customWidth="1"/>
     <col min="16" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B1" s="86" t="s">
         <v>115</v>
       </c>
       <c r="C1" s="29"/>
       <c r="D1" s="29"/>
       <c r="E1" s="29"/>
       <c r="F1" s="29"/>
       <c r="G1" s="29"/>
       <c r="H1" s="29"/>
@@ -14171,88 +14271,130 @@
         <v>70.840136518771331</v>
       </c>
       <c r="F132" s="99">
         <v>20756160</v>
       </c>
       <c r="G132" s="99">
         <v>20756.16</v>
       </c>
       <c r="H132" s="99">
         <v>1372366.26</v>
       </c>
       <c r="I132" s="101">
         <v>22107770.100000001</v>
       </c>
       <c r="J132" s="99"/>
       <c r="K132" s="100"/>
       <c r="L132" s="99"/>
       <c r="M132" s="99"/>
       <c r="N132" s="99"/>
       <c r="O132" s="101"/>
     </row>
     <row r="133" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B133" s="110">
         <v>45901</v>
       </c>
-      <c r="C133" s="103"/>
-[...5 lines deleted...]
-      <c r="I133" s="101"/>
+      <c r="C133" s="103">
+        <v>24006049.920000002</v>
+      </c>
+      <c r="D133" s="99">
+        <v>364000</v>
+      </c>
+      <c r="E133" s="100">
+        <v>75.444285714285712</v>
+      </c>
+      <c r="F133" s="99">
+        <v>27461720</v>
+      </c>
+      <c r="G133" s="99">
+        <v>27461.72</v>
+      </c>
+      <c r="H133" s="99">
+        <v>-3428208.3600000003</v>
+      </c>
+      <c r="I133" s="101">
+        <v>24006049.920000002</v>
+      </c>
       <c r="J133" s="99"/>
       <c r="K133" s="100"/>
       <c r="L133" s="99"/>
       <c r="M133" s="99"/>
       <c r="N133" s="99"/>
       <c r="O133" s="101"/>
     </row>
     <row r="134" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B134" s="110">
         <v>45931</v>
       </c>
-      <c r="C134" s="103"/>
-[...5 lines deleted...]
-      <c r="I134" s="101"/>
+      <c r="C134" s="103">
+        <v>28251140.579999998</v>
+      </c>
+      <c r="D134" s="99">
+        <v>338000</v>
+      </c>
+      <c r="E134" s="100">
+        <v>78.094615384615381</v>
+      </c>
+      <c r="F134" s="99">
+        <v>26395980</v>
+      </c>
+      <c r="G134" s="99">
+        <v>26395.98</v>
+      </c>
+      <c r="H134" s="99">
+        <v>1881556.56</v>
+      </c>
+      <c r="I134" s="101">
+        <v>28251140.579999998</v>
+      </c>
       <c r="O134" s="111"/>
     </row>
     <row r="135" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B135" s="110">
         <v>45962</v>
       </c>
-      <c r="C135" s="103"/>
-[...5 lines deleted...]
-      <c r="I135" s="101"/>
+      <c r="C135" s="103">
+        <v>25026987.959999997</v>
+      </c>
+      <c r="D135" s="99">
+        <v>312000</v>
+      </c>
+      <c r="E135" s="100">
+        <v>80.49166666666666</v>
+      </c>
+      <c r="F135" s="99">
+        <v>25113399.999999996</v>
+      </c>
+      <c r="G135" s="99">
+        <v>25113.399999999998</v>
+      </c>
+      <c r="H135" s="99">
+        <v>-61298.64000000013</v>
+      </c>
+      <c r="I135" s="101">
+        <v>25026987.959999997</v>
+      </c>
       <c r="J135" s="99"/>
       <c r="K135" s="100"/>
       <c r="L135" s="99"/>
       <c r="M135" s="99"/>
       <c r="N135" s="99"/>
       <c r="O135" s="101"/>
     </row>
     <row r="136" spans="2:15" s="112" customFormat="1" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B136" s="113">
         <v>45992</v>
       </c>
       <c r="C136" s="105"/>
       <c r="D136" s="26"/>
       <c r="E136" s="106"/>
       <c r="F136" s="26"/>
       <c r="G136" s="26"/>
       <c r="H136" s="26"/>
       <c r="I136" s="107"/>
       <c r="J136" s="26"/>
       <c r="K136" s="106"/>
       <c r="L136" s="26"/>
       <c r="M136" s="26"/>
       <c r="N136" s="26"/>
       <c r="O136" s="107"/>
     </row>
@@ -14317,56 +14459,56 @@
   <mergeCells count="16">
     <mergeCell ref="J3:J4"/>
     <mergeCell ref="K3:K4"/>
     <mergeCell ref="L3:L4"/>
     <mergeCell ref="M3:M4"/>
     <mergeCell ref="N3:N4"/>
     <mergeCell ref="O3:O4"/>
     <mergeCell ref="B2:B4"/>
     <mergeCell ref="C2:C4"/>
     <mergeCell ref="D2:I2"/>
     <mergeCell ref="J2:O2"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:E4"/>
     <mergeCell ref="F3:F4"/>
     <mergeCell ref="G3:G4"/>
     <mergeCell ref="H3:H4"/>
     <mergeCell ref="I3:I4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait"/>
   <legacyDrawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2CD60EF1-4FE4-4845-8208-CF95CD327540}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6839D0F1-380C-472F-A14A-BD8A96766478}">
   <dimension ref="A1:M75"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A68" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B72" sqref="B72"/>
+      <pane ySplit="2" topLeftCell="A65" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B75" sqref="B75"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="16.5" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="13.25" style="114" customWidth="1"/>
     <col min="2" max="2" width="12.4140625" style="65" customWidth="1"/>
     <col min="3" max="4" width="12.4140625" style="63" customWidth="1"/>
     <col min="5" max="5" width="9.9140625" style="63" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.9140625" style="63" customWidth="1"/>
     <col min="7" max="7" width="10.4140625" style="63" customWidth="1"/>
     <col min="8" max="8" width="9" style="63"/>
     <col min="9" max="9" width="14.4140625" style="63" bestFit="1" customWidth="1"/>
     <col min="10" max="16384" width="9" style="63"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="66" customFormat="1" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="67" t="s">
         <v>127</v>
       </c>
       <c r="B1" s="68"/>
       <c r="C1" s="68"/>
       <c r="D1" s="68"/>
     </row>
     <row r="2" spans="1:9" s="66" customFormat="1" ht="67.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="115"/>
@@ -15058,100 +15200,108 @@
       <c r="A66" s="123">
         <v>45748</v>
       </c>
       <c r="B66" s="120">
         <v>0.3600000000000001</v>
       </c>
       <c r="C66" s="73"/>
     </row>
     <row r="67" spans="1:5" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A67" s="123">
         <v>45778</v>
       </c>
       <c r="B67" s="73">
         <v>19.643460000000001</v>
       </c>
       <c r="C67" s="73"/>
     </row>
     <row r="68" spans="1:5" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A68" s="123">
         <v>45809</v>
       </c>
       <c r="B68" s="73">
         <v>8000</v>
       </c>
       <c r="C68" s="120">
-        <v>2230.8703899000002</v>
+        <v>2171.9292899999996</v>
       </c>
     </row>
     <row r="69" spans="1:5" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A69" s="123">
         <v>45839</v>
       </c>
       <c r="B69" s="120">
         <v>107273.92641</v>
       </c>
       <c r="C69" s="73"/>
       <c r="E69" s="74"/>
     </row>
     <row r="70" spans="1:5" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A70" s="123">
         <v>45870</v>
       </c>
       <c r="B70" s="120">
         <v>1264.5581099999999</v>
       </c>
       <c r="C70" s="73"/>
     </row>
     <row r="71" spans="1:5" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A71" s="123">
         <v>45901</v>
       </c>
       <c r="B71" s="120">
         <v>0</v>
       </c>
-      <c r="C71" s="73"/>
+      <c r="C71" s="73">
+        <v>1039.0647600000002</v>
+      </c>
     </row>
     <row r="72" spans="1:5" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A72" s="123">
         <v>45931</v>
       </c>
-      <c r="B72" s="120"/>
+      <c r="B72" s="120">
+        <v>22287.568879999999</v>
+      </c>
       <c r="C72" s="73"/>
     </row>
     <row r="73" spans="1:5" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A73" s="123">
         <v>45962</v>
       </c>
-      <c r="B73" s="120"/>
+      <c r="B73" s="120">
+        <v>141115.22394</v>
+      </c>
       <c r="C73" s="73"/>
     </row>
     <row r="74" spans="1:5" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A74" s="121">
         <v>45992</v>
       </c>
-      <c r="B74" s="122"/>
+      <c r="B74" s="122">
+        <v>406541.0502</v>
+      </c>
       <c r="C74" s="78"/>
       <c r="D74" s="125"/>
     </row>
     <row r="75" spans="1:5" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A75" s="66" t="s">
         <v>131</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="E13:G13"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="90" verticalDpi="90"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">