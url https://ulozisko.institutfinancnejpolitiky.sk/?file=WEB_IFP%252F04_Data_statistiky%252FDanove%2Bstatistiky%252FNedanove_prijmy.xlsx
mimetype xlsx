--- v1 (2026-01-27)
+++ v2 (2026-03-20)
@@ -5,661 +5,668 @@
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{B425F3A8-E747-41C0-92E4-DB228367B03D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{E952E5CD-03E9-4483-8CD6-6C2FF32B5714}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" tabRatio="670" activeTab="1" xr2:uid="{F670EE41-13EF-43BD-8D14-994CE9131F95}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" tabRatio="670" firstSheet="2" activeTab="4" xr2:uid="{757C798F-5B52-43D8-9600-B31C8454BA0D}"/>
   </bookViews>
   <sheets>
     <sheet name="Akruálne ročné" sheetId="1" r:id="rId1"/>
     <sheet name="Hotovostne_rocne" sheetId="2" r:id="rId2"/>
     <sheet name="Prijmy_myto_a_dialnicne_znamky" sheetId="3" r:id="rId3"/>
     <sheet name="odvod_z_hazardnych_hier" sheetId="4" r:id="rId4"/>
     <sheet name="emisne_kvoty" sheetId="5" r:id="rId5"/>
     <sheet name="dividendy" sheetId="6" r:id="rId6"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="M6" i="2" l="1"/>
   <c r="C6" i="2"/>
   <c r="M5" i="2"/>
   <c r="C5" i="2"/>
   <c r="M4" i="2"/>
+  <c r="M4" i="1" s="1"/>
+  <c r="M3" i="1" s="1"/>
   <c r="M14" i="1"/>
   <c r="L14" i="1"/>
   <c r="M13" i="1"/>
   <c r="L13" i="1"/>
   <c r="M10" i="1"/>
   <c r="M7" i="1"/>
   <c r="L7" i="1"/>
   <c r="K7" i="1"/>
   <c r="J7" i="1"/>
   <c r="I7" i="1"/>
   <c r="H7" i="1"/>
   <c r="G7" i="1"/>
   <c r="M6" i="1"/>
   <c r="C6" i="1"/>
   <c r="M5" i="1"/>
   <c r="C5" i="1"/>
-  <c r="M4" i="1"/>
   <c r="A100" i="5"/>
   <c r="A99" i="5"/>
   <c r="A98" i="5"/>
   <c r="O97" i="5"/>
   <c r="A97" i="5"/>
-  <c r="I96" i="5"/>
   <c r="G96" i="5"/>
+  <c r="I96" i="5" s="1"/>
   <c r="E96" i="5"/>
   <c r="A96" i="5"/>
-  <c r="I95" i="5"/>
+  <c r="G95" i="5"/>
+  <c r="I95" i="5" s="1"/>
   <c r="C95" i="5" s="1"/>
-  <c r="G95" i="5"/>
   <c r="E95" i="5"/>
   <c r="A95" i="5"/>
   <c r="L94" i="5"/>
   <c r="M94" i="5" s="1"/>
   <c r="O94" i="5" s="1"/>
-  <c r="I94" i="5"/>
   <c r="G94" i="5"/>
+  <c r="I94" i="5" s="1"/>
+  <c r="C94" i="5" s="1"/>
   <c r="E94" i="5"/>
   <c r="A94" i="5"/>
   <c r="I93" i="5"/>
+  <c r="C93" i="5" s="1"/>
   <c r="G93" i="5"/>
   <c r="E93" i="5"/>
-  <c r="C93" i="5"/>
   <c r="A93" i="5"/>
+  <c r="O92" i="5"/>
   <c r="M92" i="5"/>
-  <c r="O92" i="5" s="1"/>
-  <c r="C92" i="5" s="1"/>
   <c r="K92" i="5"/>
   <c r="I92" i="5"/>
+  <c r="C92" i="5" s="1"/>
   <c r="G92" i="5"/>
   <c r="E92" i="5"/>
   <c r="A92" i="5"/>
+  <c r="I91" i="5"/>
+  <c r="C91" i="5" s="1"/>
   <c r="G91" i="5"/>
-  <c r="I91" i="5" s="1"/>
-  <c r="C91" i="5" s="1"/>
   <c r="E91" i="5"/>
   <c r="A91" i="5"/>
   <c r="M90" i="5"/>
   <c r="O90" i="5" s="1"/>
   <c r="K90" i="5"/>
+  <c r="I90" i="5"/>
+  <c r="C90" i="5" s="1"/>
   <c r="G90" i="5"/>
-  <c r="I90" i="5" s="1"/>
   <c r="E90" i="5"/>
   <c r="A90" i="5"/>
   <c r="G89" i="5"/>
   <c r="I89" i="5" s="1"/>
   <c r="C89" i="5" s="1"/>
   <c r="E89" i="5"/>
   <c r="A89" i="5"/>
-  <c r="I88" i="5"/>
+  <c r="G88" i="5"/>
+  <c r="I88" i="5" s="1"/>
   <c r="C88" i="5" s="1"/>
-  <c r="G88" i="5"/>
   <c r="E88" i="5"/>
   <c r="A88" i="5"/>
   <c r="I87" i="5"/>
+  <c r="C87" i="5" s="1"/>
   <c r="G87" i="5"/>
   <c r="E87" i="5"/>
-  <c r="C87" i="5"/>
   <c r="A87" i="5"/>
-  <c r="I86" i="5"/>
   <c r="G86" i="5"/>
+  <c r="I86" i="5" s="1"/>
+  <c r="C86" i="5" s="1"/>
   <c r="E86" i="5"/>
-  <c r="C86" i="5"/>
   <c r="A86" i="5"/>
   <c r="G85" i="5"/>
   <c r="I85" i="5" s="1"/>
   <c r="C85" i="5" s="1"/>
   <c r="E85" i="5"/>
   <c r="A85" i="5"/>
-  <c r="I84" i="5"/>
+  <c r="G84" i="5"/>
+  <c r="I84" i="5" s="1"/>
   <c r="C84" i="5" s="1"/>
-  <c r="G84" i="5"/>
   <c r="E84" i="5"/>
   <c r="A84" i="5"/>
   <c r="I83" i="5"/>
+  <c r="C83" i="5" s="1"/>
   <c r="G83" i="5"/>
   <c r="E83" i="5"/>
-  <c r="C83" i="5"/>
   <c r="A83" i="5"/>
   <c r="I82" i="5"/>
   <c r="C82" i="5" s="1"/>
   <c r="G82" i="5"/>
   <c r="E82" i="5"/>
   <c r="A82" i="5"/>
-  <c r="I81" i="5"/>
   <c r="G81" i="5"/>
+  <c r="I81" i="5" s="1"/>
+  <c r="C81" i="5" s="1"/>
   <c r="E81" i="5"/>
-  <c r="C81" i="5"/>
   <c r="A81" i="5"/>
-  <c r="I80" i="5"/>
+  <c r="G80" i="5"/>
+  <c r="I80" i="5" s="1"/>
   <c r="C80" i="5" s="1"/>
-  <c r="G80" i="5"/>
   <c r="E80" i="5"/>
   <c r="A80" i="5"/>
   <c r="I79" i="5"/>
   <c r="C79" i="5" s="1"/>
   <c r="G79" i="5"/>
   <c r="E79" i="5"/>
   <c r="A79" i="5"/>
   <c r="I78" i="5"/>
-  <c r="C78" i="5" s="1"/>
   <c r="G78" i="5"/>
   <c r="E78" i="5"/>
+  <c r="C78" i="5"/>
   <c r="A78" i="5"/>
   <c r="A77" i="5"/>
-  <c r="I76" i="5"/>
+  <c r="G76" i="5"/>
+  <c r="I76" i="5" s="1"/>
   <c r="C76" i="5" s="1"/>
-  <c r="G76" i="5"/>
   <c r="E76" i="5"/>
   <c r="A76" i="5"/>
   <c r="O75" i="5"/>
   <c r="M75" i="5"/>
   <c r="K75" i="5"/>
-  <c r="I75" i="5"/>
+  <c r="G75" i="5"/>
+  <c r="I75" i="5" s="1"/>
   <c r="C75" i="5" s="1"/>
-  <c r="G75" i="5"/>
   <c r="E75" i="5"/>
   <c r="A75" i="5"/>
   <c r="I74" i="5"/>
   <c r="C74" i="5" s="1"/>
   <c r="G74" i="5"/>
   <c r="E74" i="5"/>
   <c r="A74" i="5"/>
   <c r="O73" i="5"/>
   <c r="M73" i="5"/>
   <c r="K73" i="5"/>
   <c r="I73" i="5"/>
   <c r="C73" i="5" s="1"/>
   <c r="G73" i="5"/>
   <c r="E73" i="5"/>
   <c r="A73" i="5"/>
   <c r="I72" i="5"/>
-  <c r="C72" i="5" s="1"/>
   <c r="G72" i="5"/>
   <c r="E72" i="5"/>
+  <c r="C72" i="5"/>
   <c r="A72" i="5"/>
   <c r="O71" i="5"/>
+  <c r="C71" i="5" s="1"/>
   <c r="M71" i="5"/>
   <c r="K71" i="5"/>
   <c r="I71" i="5"/>
   <c r="G71" i="5"/>
   <c r="E71" i="5"/>
   <c r="A71" i="5"/>
   <c r="I70" i="5"/>
+  <c r="C70" i="5" s="1"/>
   <c r="G70" i="5"/>
   <c r="E70" i="5"/>
-  <c r="C70" i="5"/>
   <c r="A70" i="5"/>
   <c r="M69" i="5"/>
   <c r="O69" i="5" s="1"/>
-  <c r="C69" i="5" s="1"/>
   <c r="K69" i="5"/>
   <c r="I69" i="5"/>
+  <c r="C69" i="5" s="1"/>
   <c r="G69" i="5"/>
   <c r="E69" i="5"/>
   <c r="A69" i="5"/>
   <c r="G68" i="5"/>
   <c r="I68" i="5" s="1"/>
   <c r="C68" i="5" s="1"/>
   <c r="E68" i="5"/>
   <c r="A68" i="5"/>
   <c r="M67" i="5"/>
   <c r="O67" i="5" s="1"/>
   <c r="K67" i="5"/>
   <c r="G67" i="5"/>
   <c r="I67" i="5" s="1"/>
   <c r="E67" i="5"/>
   <c r="A67" i="5"/>
   <c r="G66" i="5"/>
   <c r="I66" i="5" s="1"/>
   <c r="C66" i="5" s="1"/>
   <c r="E66" i="5"/>
   <c r="A66" i="5"/>
+  <c r="O65" i="5"/>
   <c r="M65" i="5"/>
-  <c r="O65" i="5" s="1"/>
   <c r="K65" i="5"/>
   <c r="G65" i="5"/>
   <c r="I65" i="5" s="1"/>
+  <c r="C65" i="5" s="1"/>
   <c r="E65" i="5"/>
   <c r="A65" i="5"/>
+  <c r="I64" i="5"/>
+  <c r="C64" i="5" s="1"/>
   <c r="G64" i="5"/>
-  <c r="I64" i="5" s="1"/>
-  <c r="C64" i="5" s="1"/>
   <c r="E64" i="5"/>
   <c r="A64" i="5"/>
   <c r="O63" i="5"/>
   <c r="M63" i="5"/>
   <c r="K63" i="5"/>
+  <c r="I63" i="5"/>
+  <c r="C63" i="5" s="1"/>
   <c r="G63" i="5"/>
-  <c r="I63" i="5" s="1"/>
-  <c r="C63" i="5" s="1"/>
   <c r="E63" i="5"/>
   <c r="A63" i="5"/>
   <c r="I62" i="5"/>
-  <c r="C62" i="5" s="1"/>
   <c r="G62" i="5"/>
   <c r="E62" i="5"/>
+  <c r="C62" i="5"/>
   <c r="A62" i="5"/>
-  <c r="O61" i="5"/>
   <c r="M61" i="5"/>
+  <c r="O61" i="5" s="1"/>
+  <c r="C61" i="5" s="1"/>
   <c r="K61" i="5"/>
   <c r="I61" i="5"/>
-  <c r="C61" i="5" s="1"/>
   <c r="G61" i="5"/>
   <c r="E61" i="5"/>
   <c r="A61" i="5"/>
-  <c r="I60" i="5"/>
   <c r="G60" i="5"/>
+  <c r="I60" i="5" s="1"/>
+  <c r="C60" i="5" s="1"/>
   <c r="E60" i="5"/>
-  <c r="C60" i="5"/>
   <c r="A60" i="5"/>
-  <c r="O59" i="5"/>
   <c r="M59" i="5"/>
+  <c r="O59" i="5" s="1"/>
   <c r="K59" i="5"/>
-  <c r="I59" i="5"/>
   <c r="G59" i="5"/>
+  <c r="I59" i="5" s="1"/>
+  <c r="C59" i="5" s="1"/>
   <c r="E59" i="5"/>
-  <c r="C59" i="5"/>
   <c r="A59" i="5"/>
-  <c r="I58" i="5"/>
+  <c r="G58" i="5"/>
+  <c r="I58" i="5" s="1"/>
   <c r="C58" i="5" s="1"/>
-  <c r="G58" i="5"/>
   <c r="E58" i="5"/>
   <c r="A58" i="5"/>
+  <c r="O57" i="5"/>
   <c r="M57" i="5"/>
-  <c r="O57" i="5" s="1"/>
   <c r="K57" i="5"/>
-  <c r="I57" i="5"/>
   <c r="G57" i="5"/>
+  <c r="I57" i="5" s="1"/>
+  <c r="C57" i="5" s="1"/>
   <c r="E57" i="5"/>
   <c r="A57" i="5"/>
+  <c r="I56" i="5"/>
   <c r="G56" i="5"/>
-  <c r="I56" i="5" s="1"/>
-  <c r="C56" i="5" s="1"/>
   <c r="E56" i="5"/>
+  <c r="C56" i="5"/>
   <c r="A56" i="5"/>
   <c r="O55" i="5"/>
+  <c r="C55" i="5" s="1"/>
   <c r="M55" i="5"/>
   <c r="K55" i="5"/>
+  <c r="I55" i="5"/>
   <c r="G55" i="5"/>
-  <c r="I55" i="5" s="1"/>
-  <c r="C55" i="5" s="1"/>
   <c r="E55" i="5"/>
   <c r="A55" i="5"/>
   <c r="I54" i="5"/>
+  <c r="C54" i="5" s="1"/>
   <c r="G54" i="5"/>
   <c r="E54" i="5"/>
-  <c r="C54" i="5"/>
   <c r="A54" i="5"/>
-  <c r="O53" i="5"/>
   <c r="M53" i="5"/>
+  <c r="O53" i="5" s="1"/>
   <c r="K53" i="5"/>
   <c r="I53" i="5"/>
   <c r="G53" i="5"/>
   <c r="E53" i="5"/>
-  <c r="C53" i="5"/>
   <c r="A53" i="5"/>
-  <c r="I52" i="5"/>
   <c r="G52" i="5"/>
+  <c r="I52" i="5" s="1"/>
+  <c r="C52" i="5" s="1"/>
   <c r="E52" i="5"/>
-  <c r="C52" i="5"/>
   <c r="A52" i="5"/>
   <c r="M51" i="5"/>
   <c r="O51" i="5" s="1"/>
+  <c r="K51" i="5"/>
+  <c r="G51" i="5"/>
+  <c r="I51" i="5" s="1"/>
   <c r="C51" i="5" s="1"/>
-  <c r="K51" i="5"/>
-[...1 lines deleted...]
-  <c r="G51" i="5"/>
   <c r="E51" i="5"/>
   <c r="A51" i="5"/>
   <c r="G50" i="5"/>
   <c r="I50" i="5" s="1"/>
   <c r="C50" i="5" s="1"/>
   <c r="E50" i="5"/>
   <c r="A50" i="5"/>
+  <c r="O49" i="5"/>
   <c r="M49" i="5"/>
-  <c r="O49" i="5" s="1"/>
   <c r="K49" i="5"/>
   <c r="G49" i="5"/>
   <c r="I49" i="5" s="1"/>
+  <c r="C49" i="5" s="1"/>
   <c r="E49" i="5"/>
   <c r="A49" i="5"/>
+  <c r="I48" i="5"/>
+  <c r="C48" i="5" s="1"/>
   <c r="G48" i="5"/>
-  <c r="I48" i="5" s="1"/>
-  <c r="C48" i="5" s="1"/>
   <c r="E48" i="5"/>
   <c r="A48" i="5"/>
   <c r="O47" i="5"/>
   <c r="M47" i="5"/>
   <c r="K47" i="5"/>
+  <c r="I47" i="5"/>
+  <c r="C47" i="5" s="1"/>
   <c r="G47" i="5"/>
-  <c r="I47" i="5" s="1"/>
-  <c r="C47" i="5" s="1"/>
   <c r="E47" i="5"/>
   <c r="A47" i="5"/>
   <c r="I46" i="5"/>
-  <c r="C46" i="5" s="1"/>
   <c r="G46" i="5"/>
   <c r="E46" i="5"/>
+  <c r="C46" i="5"/>
   <c r="A46" i="5"/>
   <c r="M45" i="5"/>
   <c r="O45" i="5" s="1"/>
+  <c r="C45" i="5" s="1"/>
   <c r="K45" i="5"/>
   <c r="I45" i="5"/>
-  <c r="C45" i="5" s="1"/>
   <c r="G45" i="5"/>
   <c r="E45" i="5"/>
   <c r="A45" i="5"/>
   <c r="G44" i="5"/>
   <c r="I44" i="5" s="1"/>
   <c r="C44" i="5" s="1"/>
   <c r="E44" i="5"/>
   <c r="A44" i="5"/>
-  <c r="I43" i="5"/>
+  <c r="G43" i="5"/>
+  <c r="I43" i="5" s="1"/>
   <c r="C43" i="5" s="1"/>
-  <c r="G43" i="5"/>
   <c r="E43" i="5"/>
   <c r="A43" i="5"/>
+  <c r="I42" i="5"/>
   <c r="G42" i="5"/>
-  <c r="I42" i="5" s="1"/>
-  <c r="C42" i="5" s="1"/>
   <c r="E42" i="5"/>
+  <c r="C42" i="5"/>
   <c r="A42" i="5"/>
   <c r="I41" i="5"/>
+  <c r="C41" i="5" s="1"/>
   <c r="G41" i="5"/>
   <c r="E41" i="5"/>
-  <c r="C41" i="5"/>
   <c r="A41" i="5"/>
-  <c r="I40" i="5"/>
   <c r="G40" i="5"/>
+  <c r="I40" i="5" s="1"/>
+  <c r="C40" i="5" s="1"/>
   <c r="E40" i="5"/>
-  <c r="C40" i="5"/>
   <c r="A40" i="5"/>
   <c r="M39" i="5"/>
   <c r="O39" i="5" s="1"/>
-  <c r="C39" i="5" s="1"/>
   <c r="K39" i="5"/>
-  <c r="I39" i="5"/>
   <c r="G39" i="5"/>
+  <c r="I39" i="5" s="1"/>
   <c r="E39" i="5"/>
   <c r="A39" i="5"/>
   <c r="M38" i="5"/>
   <c r="O38" i="5" s="1"/>
+  <c r="K38" i="5"/>
+  <c r="G38" i="5"/>
+  <c r="I38" i="5" s="1"/>
   <c r="C38" i="5" s="1"/>
-  <c r="K38" i="5"/>
-[...1 lines deleted...]
-  <c r="G38" i="5"/>
   <c r="E38" i="5"/>
   <c r="A38" i="5"/>
   <c r="M37" i="5"/>
   <c r="O37" i="5" s="1"/>
+  <c r="K37" i="5"/>
+  <c r="G37" i="5"/>
+  <c r="I37" i="5" s="1"/>
   <c r="C37" i="5" s="1"/>
-  <c r="K37" i="5"/>
-[...1 lines deleted...]
-  <c r="G37" i="5"/>
   <c r="E37" i="5"/>
   <c r="A37" i="5"/>
   <c r="G36" i="5"/>
   <c r="I36" i="5" s="1"/>
   <c r="C36" i="5" s="1"/>
   <c r="E36" i="5"/>
   <c r="A36" i="5"/>
+  <c r="I35" i="5"/>
+  <c r="C35" i="5" s="1"/>
   <c r="G35" i="5"/>
-  <c r="I35" i="5" s="1"/>
-  <c r="C35" i="5" s="1"/>
   <c r="E35" i="5"/>
   <c r="A35" i="5"/>
   <c r="I34" i="5"/>
-  <c r="C34" i="5" s="1"/>
   <c r="G34" i="5"/>
   <c r="E34" i="5"/>
+  <c r="C34" i="5"/>
   <c r="A34" i="5"/>
   <c r="G33" i="5"/>
   <c r="I33" i="5" s="1"/>
   <c r="C33" i="5" s="1"/>
   <c r="E33" i="5"/>
   <c r="A33" i="5"/>
-  <c r="I32" i="5"/>
+  <c r="G32" i="5"/>
+  <c r="I32" i="5" s="1"/>
   <c r="C32" i="5" s="1"/>
-  <c r="G32" i="5"/>
   <c r="E32" i="5"/>
   <c r="A32" i="5"/>
+  <c r="I31" i="5"/>
   <c r="G31" i="5"/>
-  <c r="I31" i="5" s="1"/>
-  <c r="C31" i="5" s="1"/>
   <c r="E31" i="5"/>
+  <c r="C31" i="5"/>
   <c r="A31" i="5"/>
   <c r="I30" i="5"/>
+  <c r="C30" i="5" s="1"/>
   <c r="G30" i="5"/>
   <c r="E30" i="5"/>
-  <c r="C30" i="5"/>
   <c r="A30" i="5"/>
-  <c r="I29" i="5"/>
   <c r="G29" i="5"/>
+  <c r="I29" i="5" s="1"/>
+  <c r="C29" i="5" s="1"/>
   <c r="E29" i="5"/>
-  <c r="C29" i="5"/>
   <c r="A29" i="5"/>
   <c r="G28" i="5"/>
   <c r="I28" i="5" s="1"/>
   <c r="C28" i="5" s="1"/>
   <c r="E28" i="5"/>
   <c r="A28" i="5"/>
+  <c r="O27" i="5"/>
   <c r="M27" i="5"/>
-  <c r="O27" i="5" s="1"/>
   <c r="K27" i="5"/>
   <c r="G27" i="5"/>
   <c r="I27" i="5" s="1"/>
   <c r="C27" i="5" s="1"/>
   <c r="E27" i="5"/>
   <c r="A27" i="5"/>
+  <c r="I26" i="5"/>
+  <c r="C26" i="5" s="1"/>
   <c r="G26" i="5"/>
-  <c r="I26" i="5" s="1"/>
-  <c r="C26" i="5" s="1"/>
   <c r="E26" i="5"/>
   <c r="A26" i="5"/>
   <c r="O25" i="5"/>
   <c r="M25" i="5"/>
   <c r="K25" i="5"/>
+  <c r="I25" i="5"/>
+  <c r="C25" i="5" s="1"/>
   <c r="G25" i="5"/>
-  <c r="I25" i="5" s="1"/>
-  <c r="C25" i="5" s="1"/>
   <c r="E25" i="5"/>
   <c r="A25" i="5"/>
   <c r="I24" i="5"/>
-  <c r="C24" i="5" s="1"/>
   <c r="G24" i="5"/>
   <c r="E24" i="5"/>
+  <c r="C24" i="5"/>
   <c r="A24" i="5"/>
   <c r="M23" i="5"/>
   <c r="O23" i="5" s="1"/>
+  <c r="C23" i="5" s="1"/>
   <c r="K23" i="5"/>
   <c r="I23" i="5"/>
   <c r="G23" i="5"/>
   <c r="E23" i="5"/>
   <c r="A23" i="5"/>
   <c r="G22" i="5"/>
   <c r="I22" i="5" s="1"/>
   <c r="C22" i="5" s="1"/>
   <c r="E22" i="5"/>
   <c r="A22" i="5"/>
-  <c r="O21" i="5"/>
   <c r="M21" i="5"/>
+  <c r="O21" i="5" s="1"/>
   <c r="K21" i="5"/>
   <c r="G21" i="5"/>
   <c r="I21" i="5" s="1"/>
   <c r="C21" i="5" s="1"/>
   <c r="E21" i="5"/>
   <c r="A21" i="5"/>
-  <c r="I20" i="5"/>
+  <c r="G20" i="5"/>
+  <c r="I20" i="5" s="1"/>
   <c r="C20" i="5" s="1"/>
-  <c r="G20" i="5"/>
   <c r="E20" i="5"/>
   <c r="A20" i="5"/>
+  <c r="O19" i="5"/>
   <c r="M19" i="5"/>
-  <c r="O19" i="5" s="1"/>
   <c r="K19" i="5"/>
-  <c r="I19" i="5"/>
   <c r="G19" i="5"/>
+  <c r="I19" i="5" s="1"/>
+  <c r="C19" i="5" s="1"/>
   <c r="E19" i="5"/>
   <c r="A19" i="5"/>
+  <c r="I18" i="5"/>
+  <c r="C18" i="5" s="1"/>
   <c r="G18" i="5"/>
-  <c r="I18" i="5" s="1"/>
-  <c r="C18" i="5" s="1"/>
   <c r="E18" i="5"/>
   <c r="A18" i="5"/>
   <c r="O17" i="5"/>
   <c r="M17" i="5"/>
   <c r="K17" i="5"/>
+  <c r="I17" i="5"/>
+  <c r="C17" i="5" s="1"/>
   <c r="G17" i="5"/>
-  <c r="I17" i="5" s="1"/>
-  <c r="C17" i="5" s="1"/>
   <c r="E17" i="5"/>
   <c r="A17" i="5"/>
   <c r="I16" i="5"/>
+  <c r="C16" i="5" s="1"/>
   <c r="G16" i="5"/>
   <c r="E16" i="5"/>
-  <c r="C16" i="5"/>
   <c r="A16" i="5"/>
-  <c r="O15" i="5"/>
   <c r="M15" i="5"/>
+  <c r="O15" i="5" s="1"/>
   <c r="K15" i="5"/>
   <c r="I15" i="5"/>
   <c r="G15" i="5"/>
   <c r="E15" i="5"/>
-  <c r="C15" i="5"/>
   <c r="A15" i="5"/>
-  <c r="I14" i="5"/>
   <c r="G14" i="5"/>
+  <c r="I14" i="5" s="1"/>
+  <c r="C14" i="5" s="1"/>
   <c r="E14" i="5"/>
-  <c r="C14" i="5"/>
   <c r="A14" i="5"/>
   <c r="M13" i="5"/>
   <c r="O13" i="5" s="1"/>
+  <c r="K13" i="5"/>
+  <c r="G13" i="5"/>
+  <c r="I13" i="5" s="1"/>
   <c r="C13" i="5" s="1"/>
-  <c r="K13" i="5"/>
-[...1 lines deleted...]
-  <c r="G13" i="5"/>
   <c r="E13" i="5"/>
   <c r="A13" i="5"/>
   <c r="G12" i="5"/>
   <c r="I12" i="5" s="1"/>
   <c r="C12" i="5" s="1"/>
   <c r="E12" i="5"/>
   <c r="A12" i="5"/>
+  <c r="O11" i="5"/>
   <c r="M11" i="5"/>
-  <c r="O11" i="5" s="1"/>
   <c r="K11" i="5"/>
   <c r="G11" i="5"/>
   <c r="I11" i="5" s="1"/>
+  <c r="C11" i="5" s="1"/>
   <c r="E11" i="5"/>
   <c r="A11" i="5"/>
+  <c r="I10" i="5"/>
+  <c r="C10" i="5" s="1"/>
   <c r="G10" i="5"/>
-  <c r="I10" i="5" s="1"/>
-  <c r="C10" i="5" s="1"/>
   <c r="E10" i="5"/>
   <c r="A10" i="5"/>
   <c r="O9" i="5"/>
   <c r="M9" i="5"/>
   <c r="K9" i="5"/>
+  <c r="I9" i="5"/>
+  <c r="C9" i="5" s="1"/>
   <c r="G9" i="5"/>
-  <c r="I9" i="5" s="1"/>
-  <c r="C9" i="5" s="1"/>
   <c r="E9" i="5"/>
   <c r="A9" i="5"/>
   <c r="O8" i="5"/>
   <c r="M8" i="5"/>
   <c r="K8" i="5"/>
+  <c r="I8" i="5"/>
+  <c r="C8" i="5" s="1"/>
   <c r="G8" i="5"/>
-  <c r="I8" i="5" s="1"/>
-  <c r="C8" i="5" s="1"/>
   <c r="E8" i="5"/>
   <c r="A8" i="5"/>
   <c r="O7" i="5"/>
   <c r="M7" i="5"/>
   <c r="K7" i="5"/>
+  <c r="I7" i="5"/>
+  <c r="C7" i="5" s="1"/>
   <c r="G7" i="5"/>
-  <c r="I7" i="5" s="1"/>
-  <c r="C7" i="5" s="1"/>
   <c r="E7" i="5"/>
   <c r="A7" i="5"/>
   <c r="O6" i="5"/>
   <c r="M6" i="5"/>
   <c r="K6" i="5"/>
+  <c r="I6" i="5"/>
+  <c r="C6" i="5" s="1"/>
   <c r="G6" i="5"/>
-  <c r="I6" i="5" s="1"/>
-  <c r="C6" i="5" s="1"/>
   <c r="E6" i="5"/>
   <c r="A6" i="5"/>
   <c r="O5" i="5"/>
   <c r="M5" i="5"/>
   <c r="K5" i="5"/>
+  <c r="I5" i="5"/>
+  <c r="C5" i="5" s="1"/>
   <c r="G5" i="5"/>
-  <c r="I5" i="5" s="1"/>
-  <c r="C5" i="5" s="1"/>
   <c r="E5" i="5"/>
   <c r="A5" i="5"/>
   <c r="O3" i="5"/>
   <c r="N3" i="5"/>
   <c r="M3" i="5"/>
   <c r="L3" i="5"/>
   <c r="K3" i="5"/>
   <c r="J3" i="5"/>
   <c r="F64" i="4"/>
   <c r="F63" i="4"/>
   <c r="F62" i="4"/>
   <c r="F61" i="4"/>
   <c r="F60" i="4"/>
   <c r="F59" i="4"/>
   <c r="F58" i="4"/>
   <c r="F57" i="4"/>
   <c r="F56" i="4"/>
   <c r="F55" i="4"/>
   <c r="F54" i="4"/>
   <c r="F53" i="4"/>
   <c r="F52" i="4"/>
   <c r="F51" i="4"/>
   <c r="F48" i="4"/>
   <c r="F47" i="4"/>
   <c r="F46" i="4"/>
@@ -797,212 +804,205 @@
   <c r="A26" i="3"/>
   <c r="A25" i="3"/>
   <c r="A24" i="3"/>
   <c r="A23" i="3"/>
   <c r="A22" i="3"/>
   <c r="A21" i="3"/>
   <c r="A20" i="3"/>
   <c r="A19" i="3"/>
   <c r="A18" i="3"/>
   <c r="A17" i="3"/>
   <c r="A16" i="3"/>
   <c r="A15" i="3"/>
   <c r="A14" i="3"/>
   <c r="A13" i="3"/>
   <c r="A12" i="3"/>
   <c r="A11" i="3"/>
   <c r="A10" i="3"/>
   <c r="A9" i="3"/>
   <c r="A8" i="3"/>
   <c r="A7" i="3"/>
   <c r="A6" i="3"/>
   <c r="A5" i="3"/>
   <c r="E6" i="2" s="1"/>
   <c r="E6" i="1" s="1"/>
   <c r="M12" i="2"/>
-  <c r="M3" i="2" s="1"/>
   <c r="L12" i="2"/>
   <c r="K12" i="2"/>
   <c r="J12" i="2"/>
   <c r="I12" i="2"/>
   <c r="H12" i="2"/>
   <c r="G12" i="2"/>
   <c r="F12" i="2"/>
   <c r="E12" i="2"/>
   <c r="D12" i="2"/>
   <c r="C12" i="2"/>
   <c r="M8" i="2"/>
+  <c r="M3" i="2" s="1"/>
   <c r="L8" i="2"/>
   <c r="K8" i="2"/>
   <c r="J8" i="2"/>
   <c r="I8" i="2"/>
   <c r="H8" i="2"/>
   <c r="G8" i="2"/>
   <c r="C3" i="2"/>
   <c r="M12" i="1"/>
   <c r="L12" i="1"/>
   <c r="K12" i="1"/>
   <c r="J12" i="1"/>
   <c r="I12" i="1"/>
   <c r="H12" i="1"/>
   <c r="G12" i="1"/>
   <c r="F12" i="1"/>
   <c r="E12" i="1"/>
   <c r="D12" i="1"/>
   <c r="C12" i="1"/>
   <c r="C3" i="1" s="1"/>
   <c r="M8" i="1"/>
-  <c r="M3" i="1" s="1"/>
   <c r="L8" i="1"/>
   <c r="K8" i="1"/>
   <c r="J8" i="1"/>
   <c r="I8" i="1"/>
   <c r="H8" i="1"/>
   <c r="G8" i="1"/>
-  <c r="C19" i="5" l="1"/>
-  <c r="C65" i="5"/>
+  <c r="C39" i="5" l="1"/>
+  <c r="C15" i="5"/>
   <c r="C67" i="5"/>
-  <c r="C23" i="5"/>
-[...5 lines deleted...]
-  <c r="C90" i="5"/>
+  <c r="C53" i="5"/>
   <c r="D4" i="2"/>
   <c r="L4" i="2"/>
   <c r="I5" i="2"/>
   <c r="I5" i="1" s="1"/>
   <c r="F6" i="2"/>
   <c r="F6" i="1" s="1"/>
   <c r="E4" i="2"/>
   <c r="J5" i="2"/>
   <c r="J5" i="1" s="1"/>
   <c r="G6" i="2"/>
   <c r="G6" i="1" s="1"/>
   <c r="F4" i="2"/>
   <c r="K5" i="2"/>
   <c r="K5" i="1" s="1"/>
   <c r="H6" i="2"/>
   <c r="H6" i="1" s="1"/>
   <c r="G4" i="2"/>
   <c r="D5" i="2"/>
   <c r="D5" i="1" s="1"/>
   <c r="L5" i="2"/>
   <c r="L5" i="1" s="1"/>
   <c r="I6" i="2"/>
   <c r="I6" i="1" s="1"/>
   <c r="H4" i="2"/>
   <c r="E5" i="2"/>
   <c r="E5" i="1" s="1"/>
   <c r="J6" i="2"/>
   <c r="J6" i="1" s="1"/>
   <c r="I4" i="2"/>
   <c r="F5" i="2"/>
   <c r="F5" i="1" s="1"/>
   <c r="K6" i="2"/>
   <c r="K6" i="1" s="1"/>
   <c r="J4" i="2"/>
   <c r="G5" i="2"/>
   <c r="G5" i="1" s="1"/>
   <c r="D6" i="2"/>
   <c r="D6" i="1" s="1"/>
   <c r="L6" i="2"/>
   <c r="L6" i="1" s="1"/>
   <c r="K4" i="2"/>
   <c r="H5" i="2"/>
   <c r="H5" i="1" s="1"/>
-  <c r="J4" i="1" l="1"/>
-[...5 lines deleted...]
-  <c r="G4" i="1"/>
+  <c r="G4" i="1" l="1"/>
   <c r="G3" i="1" s="1"/>
   <c r="G3" i="2"/>
   <c r="I3" i="2"/>
   <c r="I4" i="1"/>
   <c r="I3" i="1" s="1"/>
+  <c r="L3" i="2"/>
   <c r="L4" i="1"/>
   <c r="L3" i="1" s="1"/>
-  <c r="L3" i="2"/>
   <c r="D4" i="1"/>
   <c r="D3" i="1" s="1"/>
   <c r="D3" i="2"/>
+  <c r="K3" i="2"/>
+  <c r="K4" i="1"/>
+  <c r="K3" i="1" s="1"/>
   <c r="F4" i="1"/>
   <c r="F3" i="1" s="1"/>
   <c r="F3" i="2"/>
-  <c r="K3" i="2"/>
-[...1 lines deleted...]
-  <c r="K3" i="1" s="1"/>
   <c r="H3" i="2"/>
   <c r="H4" i="1"/>
   <c r="H3" i="1" s="1"/>
+  <c r="J3" i="2"/>
+  <c r="J4" i="1"/>
+  <c r="J3" i="1" s="1"/>
+  <c r="E4" i="1"/>
+  <c r="E3" i="1" s="1"/>
+  <c r="E3" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Autor</author>
   </authors>
   <commentList>
-    <comment ref="H3" authorId="0" shapeId="0" xr:uid="{A8A80D3F-4B63-4690-9886-6200C9553768}">
+    <comment ref="H3" authorId="0" shapeId="0" xr:uid="{DAD1781E-771E-4759-BD43-0855400FA29E}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="8"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>Autor:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="8"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 V prípade aukcie v posledné 2 pracovné dni v mesiaci prebehnú výnosy z aukcie
  na účet Envirofondu až v prvý deň nasledujúceho mesiaca.
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="227" uniqueCount="132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="225" uniqueCount="130">
   <si>
     <t>Nedaňové príjmy verejnej správy na ročnej báze - akruálna metodika (ESA2010, v tis. eur)</t>
   </si>
   <si>
     <t>Nedaňové príjmy spolu</t>
   </si>
   <si>
     <t>Príjmy NDS</t>
   </si>
   <si>
     <t>- z toho príjmy z mýta</t>
   </si>
   <si>
     <t>- z toho príjmy z diaľničných známok</t>
   </si>
   <si>
     <t>Príjmy z obchodovania s emisnými kvótami*</t>
   </si>
   <si>
     <t>Dividendy</t>
   </si>
   <si>
     <t>- z toho prijmy štátneho rozpočtu</t>
   </si>
   <si>
@@ -1349,67 +1349,61 @@
   </si>
   <si>
     <t>Odmena aukcionára (0.1%)</t>
   </si>
   <si>
     <t>Úprava o časový posun</t>
   </si>
   <si>
     <t>Príjem Envirofondu</t>
   </si>
   <si>
     <t>január 2020</t>
   </si>
   <si>
     <t>január 2021</t>
   </si>
   <si>
     <t>Hotovostné plnenie - dividendy štátnych podnikov (tis. eur)</t>
   </si>
   <si>
     <t>štátny rozpočet</t>
   </si>
   <si>
     <t>obce</t>
   </si>
-  <si>
-[...4 lines deleted...]
-  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="166" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="167" formatCode="mmmm\ yyyy"/>
   </numFmts>
-  <fonts count="42" x14ac:knownFonts="1">
+  <fonts count="41" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Aptos Display"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
@@ -1664,58 +1658,50 @@
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="10"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
-      <color indexed="8"/>
-[...6 lines deleted...]
-      <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="8"/>
       <name val="Segoe UI"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="8"/>
       <name val="Segoe UI"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
   </fonts>
   <fills count="34">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -2255,51 +2241,51 @@
     <xf numFmtId="0" fontId="1" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="128">
+  <cellXfs count="124">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="24" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="24" fillId="33" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="33" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="3" fontId="25" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="3" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="2"/>
     </xf>
     <xf numFmtId="3" fontId="26" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="3" fontId="26" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="166" fontId="23" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
@@ -2435,51 +2421,50 @@
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="43" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="10" xfId="44" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="10" xfId="43" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="34" fillId="0" borderId="0" xfId="43" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="3" fontId="35" fillId="0" borderId="0" xfId="43" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="3" fontId="19" fillId="0" borderId="0" xfId="43" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="9" fontId="18" fillId="0" borderId="0" xfId="45" applyFont="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="43" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="167" fontId="34" fillId="0" borderId="10" xfId="43" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="35" fillId="0" borderId="10" xfId="43" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="36" fillId="0" borderId="0" xfId="43" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="43" applyFill="1" applyBorder="1"/>
     <xf numFmtId="167" fontId="34" fillId="0" borderId="0" xfId="43" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="36" fillId="0" borderId="0" xfId="43" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="18" fillId="0" borderId="0" xfId="45" applyFont="1" applyBorder="1"/>
     <xf numFmtId="166" fontId="19" fillId="0" borderId="0" xfId="43" applyNumberFormat="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="35" fillId="0" borderId="10" xfId="43" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="24" fillId="33" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -2521,96 +2506,91 @@
     <xf numFmtId="4" fontId="26" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="26" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="25" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="167" fontId="37" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="167" fontId="37" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="43" applyFont="1" applyFill="1"/>
     <xf numFmtId="3" fontId="38" fillId="0" borderId="10" xfId="43" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="34" fillId="0" borderId="10" xfId="43" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="39" fillId="0" borderId="10" xfId="43" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="167" fontId="25" fillId="0" borderId="0" xfId="43" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="3" fontId="35" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="167" fontId="25" fillId="0" borderId="10" xfId="43" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="35" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="167" fontId="25" fillId="0" borderId="0" xfId="43" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="9" fontId="18" fillId="0" borderId="10" xfId="45" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="10" xfId="43" applyFill="1" applyBorder="1"/>
     <xf numFmtId="167" fontId="25" fillId="0" borderId="12" xfId="43" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="35" fillId="0" borderId="0" xfId="43" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1"/>
   </cellXfs>
   <cellStyles count="46">
     <cellStyle name="20 % - zvýraznenie1" xfId="20" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20 % - zvýraznenie2" xfId="24" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20 % - zvýraznenie3" xfId="28" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20 % - zvýraznenie4" xfId="32" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20 % - zvýraznenie5" xfId="36" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20 % - zvýraznenie6" xfId="40" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40 % - zvýraznenie1" xfId="21" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40 % - zvýraznenie2" xfId="25" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40 % - zvýraznenie3" xfId="29" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40 % - zvýraznenie4" xfId="33" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40 % - zvýraznenie5" xfId="37" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40 % - zvýraznenie6" xfId="41" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60 % - zvýraznenie1" xfId="22" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60 % - zvýraznenie2" xfId="26" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60 % - zvýraznenie3" xfId="30" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60 % - zvýraznenie4" xfId="34" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60 % - zvýraznenie5" xfId="38" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60 % - zvýraznenie6" xfId="42" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Čiarka" xfId="1" builtinId="3" customBuiltin="1"/>
     <cellStyle name="Dobrá" xfId="7" builtinId="26" customBuiltin="1"/>
     <cellStyle name="Kontrolná bunka" xfId="14" builtinId="23" customBuiltin="1"/>
     <cellStyle name="Nadpis 1" xfId="3" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Nadpis 2" xfId="4" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Nadpis 3" xfId="5" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Nadpis 4" xfId="6" builtinId="19" customBuiltin="1"/>
     <cellStyle name="Názov" xfId="2" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Neutrálna" xfId="9" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normálna" xfId="0" builtinId="0" customBuiltin="1"/>
-    <cellStyle name="Normálna 2" xfId="43" xr:uid="{AF3B6B73-BF0C-471A-8496-ECA0A2EE4058}"/>
-[...1 lines deleted...]
-    <cellStyle name="Percentá 2" xfId="45" xr:uid="{8EDE8DE5-77D1-40B1-9097-CE4660B5BBCD}"/>
+    <cellStyle name="Normálna 2" xfId="43" xr:uid="{CAC1F34A-A4E2-4185-8FAF-C7EEC69E638D}"/>
+    <cellStyle name="Normálna 2 2" xfId="44" xr:uid="{63A71B1B-BD78-4FE1-9B9F-165942E608E0}"/>
+    <cellStyle name="Percentá 2" xfId="45" xr:uid="{359404A1-1FE6-46E1-9375-2147E9A0CF1A}"/>
     <cellStyle name="Poznámka" xfId="16" builtinId="10" customBuiltin="1"/>
     <cellStyle name="Prepojená bunka" xfId="13" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Spolu" xfId="18" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Text upozornenia" xfId="15" builtinId="11" customBuiltin="1"/>
     <cellStyle name="Vstup" xfId="10" builtinId="20" customBuiltin="1"/>
     <cellStyle name="Výpočet" xfId="12" builtinId="22" customBuiltin="1"/>
     <cellStyle name="Výstup" xfId="11" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Vysvetľujúci text" xfId="17" builtinId="53" customBuiltin="1"/>
     <cellStyle name="Zlá" xfId="8" builtinId="27" customBuiltin="1"/>
     <cellStyle name="Zvýraznenie1" xfId="19" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Zvýraznenie2" xfId="23" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Zvýraznenie3" xfId="27" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Zvýraznenie4" xfId="31" builtinId="41" customBuiltin="1"/>
     <cellStyle name="Zvýraznenie5" xfId="35" builtinId="45" customBuiltin="1"/>
     <cellStyle name="Zvýraznenie6" xfId="39" builtinId="49" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
@@ -2920,51 +2900,51 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7072D0FD-E8CF-4B00-8DC8-293607DD2895}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{78134086-A98C-49B5-88CA-0AB0283B950E}">
   <dimension ref="B1:O16"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="M10" sqref="M10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.75" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="2.9140625" style="1" customWidth="1"/>
     <col min="2" max="2" width="30.9140625" style="1" customWidth="1"/>
     <col min="3" max="9" width="9" style="1"/>
     <col min="10" max="10" width="9.9140625" style="1" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="10.4140625" style="1" customWidth="1"/>
     <col min="12" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
@@ -3494,54 +3474,54 @@
       <c r="D15" s="19"/>
       <c r="E15" s="19"/>
       <c r="F15" s="19"/>
       <c r="G15" s="19"/>
       <c r="H15" s="19"/>
       <c r="I15" s="19"/>
       <c r="O15" s="18">
         <v>294859.67842000001</v>
       </c>
     </row>
     <row r="16" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B16" s="20" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="I1:J1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{51B54EB7-C097-457B-8C39-C0A540BB8479}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CF28A140-1FAC-403C-B776-EFDA38BD067B}">
   <dimension ref="B1:O16"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+    <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="B17" sqref="B17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.75" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="2.9140625" style="1" customWidth="1"/>
     <col min="2" max="2" width="30.9140625" style="1" customWidth="1"/>
     <col min="3" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B1" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="4"/>
       <c r="J1" s="4"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
@@ -4048,58 +4028,58 @@
     <row r="15" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B15" s="19" t="s">
         <v>17</v>
       </c>
       <c r="C15" s="19"/>
       <c r="D15" s="19"/>
       <c r="E15" s="19"/>
       <c r="F15" s="19"/>
       <c r="G15" s="19"/>
       <c r="H15" s="19"/>
       <c r="I15" s="19"/>
     </row>
     <row r="16" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B16" s="20"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="I1:J1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3DF4E646-B655-4C57-A051-434BB387E918}">
-  <dimension ref="A1:I145"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5A93C0A8-69AA-41AE-AE38-BF91817C72CF}">
+  <dimension ref="A1:I155"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <pane xSplit="2" ySplit="4" topLeftCell="C130" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="4" topLeftCell="C133" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="I128" sqref="I128"/>
+      <selection pane="bottomRight" activeCell="D134" sqref="D134"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.75" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="2.5" style="1" customWidth="1"/>
     <col min="2" max="2" width="13.9140625" style="27" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="16.4140625" style="1" customWidth="1"/>
     <col min="4" max="4" width="15.4140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="15.9140625" style="1" customWidth="1"/>
     <col min="6" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B1" s="28" t="s">
         <v>18</v>
       </c>
       <c r="C1" s="29"/>
       <c r="D1" s="29"/>
       <c r="E1" s="29"/>
       <c r="F1" s="29"/>
     </row>
     <row r="2" spans="1:6" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B2" s="30" t="s">
         <v>19</v>
       </c>
@@ -6795,88 +6775,209 @@
         <v>-3966.254259999987</v>
       </c>
       <c r="G134" s="9"/>
     </row>
     <row r="135" spans="2:9" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B135" s="57">
         <v>45962</v>
       </c>
       <c r="C135" s="58">
         <v>36454.36</v>
       </c>
       <c r="D135" s="47">
         <v>29048.38</v>
       </c>
       <c r="E135" s="47">
         <v>7191.6589999999997</v>
       </c>
       <c r="F135" s="47">
         <v>214.32099999999627</v>
       </c>
     </row>
     <row r="136" spans="2:9" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B136" s="59">
         <v>45992</v>
       </c>
-      <c r="C136" s="60"/>
-[...2 lines deleted...]
-      <c r="F136" s="54"/>
+      <c r="C136" s="60">
+        <v>47007.130740000008</v>
+      </c>
+      <c r="D136" s="54">
+        <v>34856.739000000001</v>
+      </c>
+      <c r="E136" s="54">
+        <v>11275.075999999999</v>
+      </c>
+      <c r="F136" s="54">
+        <v>875.31574000000546</v>
+      </c>
+    </row>
+    <row r="137" spans="2:9" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B137" s="55">
+        <v>46023</v>
+      </c>
+      <c r="C137" s="56">
+        <v>34913.846259999998</v>
+      </c>
+      <c r="D137" s="45">
+        <v>22763.588</v>
+      </c>
+      <c r="E137" s="45">
+        <v>15782.545</v>
+      </c>
+      <c r="F137" s="45">
+        <v>-3632.2867400000032</v>
+      </c>
     </row>
     <row r="138" spans="2:9" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B138" s="61" t="s">
+      <c r="B138" s="57">
+        <v>46054</v>
+      </c>
+      <c r="C138" s="58"/>
+      <c r="D138" s="47"/>
+      <c r="E138" s="47"/>
+      <c r="F138" s="47"/>
+    </row>
+    <row r="139" spans="2:9" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B139" s="57">
+        <v>46082</v>
+      </c>
+      <c r="C139" s="58"/>
+      <c r="D139" s="47"/>
+      <c r="E139" s="47"/>
+      <c r="F139" s="47"/>
+    </row>
+    <row r="140" spans="2:9" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B140" s="57">
+        <v>46113</v>
+      </c>
+      <c r="C140" s="58"/>
+      <c r="D140" s="47"/>
+      <c r="E140" s="47"/>
+      <c r="F140" s="47"/>
+    </row>
+    <row r="141" spans="2:9" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B141" s="57">
+        <v>46143</v>
+      </c>
+      <c r="C141" s="58"/>
+      <c r="D141" s="47"/>
+      <c r="E141" s="47"/>
+      <c r="F141" s="47"/>
+    </row>
+    <row r="142" spans="2:9" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B142" s="57">
+        <v>46174</v>
+      </c>
+      <c r="C142" s="58"/>
+      <c r="D142" s="47"/>
+      <c r="E142" s="47"/>
+      <c r="F142" s="47"/>
+    </row>
+    <row r="143" spans="2:9" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B143" s="57">
+        <v>46204</v>
+      </c>
+      <c r="C143" s="58"/>
+      <c r="D143" s="47"/>
+      <c r="E143" s="47"/>
+      <c r="F143" s="47"/>
+    </row>
+    <row r="144" spans="2:9" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B144" s="57">
+        <v>46235</v>
+      </c>
+      <c r="C144" s="58"/>
+      <c r="D144" s="47"/>
+      <c r="E144" s="47"/>
+      <c r="F144" s="47"/>
+    </row>
+    <row r="145" spans="2:6" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B145" s="57">
+        <v>46266</v>
+      </c>
+      <c r="C145" s="58"/>
+      <c r="D145" s="47"/>
+      <c r="E145" s="47"/>
+      <c r="F145" s="47"/>
+    </row>
+    <row r="146" spans="2:6" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B146" s="57">
+        <v>46296</v>
+      </c>
+      <c r="C146" s="58"/>
+      <c r="D146" s="47"/>
+      <c r="E146" s="47"/>
+      <c r="F146" s="47"/>
+    </row>
+    <row r="147" spans="2:6" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B147" s="57">
+        <v>46327</v>
+      </c>
+      <c r="C147" s="58"/>
+      <c r="D147" s="47"/>
+      <c r="E147" s="47"/>
+      <c r="F147" s="47"/>
+    </row>
+    <row r="148" spans="2:6" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B148" s="59">
+        <v>46357</v>
+      </c>
+      <c r="C148" s="60"/>
+      <c r="D148" s="54"/>
+      <c r="E148" s="54"/>
+      <c r="F148" s="54"/>
+    </row>
+    <row r="154" spans="2:6" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B154" s="61" t="s">
         <v>106</v>
       </c>
     </row>
-    <row r="139" spans="2:9" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B139" s="62" t="s">
+    <row r="155" spans="2:6" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B155" s="62" t="s">
         <v>107</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="C145" s="9"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="B2:B4"/>
     <mergeCell ref="C2:C4"/>
     <mergeCell ref="D2:F2"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:E4"/>
     <mergeCell ref="F3:F4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="90" verticalDpi="90"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C4267703-8988-4E35-AD53-97AA8FDD54DA}">
-  <dimension ref="A1:N76"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1E1173E8-765E-402C-B746-2C0033CCA1CC}">
+  <dimension ref="A1:N86"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="85" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A63" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="2" topLeftCell="A69" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" sqref="A1:G1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="16.5" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="12.75" style="64" bestFit="1" customWidth="1"/>
     <col min="2" max="6" width="11.4140625" style="65" customWidth="1"/>
     <col min="7" max="7" width="11.9140625" style="65" bestFit="1" customWidth="1"/>
     <col min="8" max="9" width="9" style="63"/>
     <col min="10" max="10" width="9.9140625" style="63" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="8.9140625" style="63" customWidth="1"/>
     <col min="12" max="12" width="10.4140625" style="63" customWidth="1"/>
     <col min="13" max="13" width="9" style="63"/>
     <col min="14" max="14" width="14.4140625" style="63" bestFit="1" customWidth="1"/>
     <col min="15" max="16384" width="9" style="63"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" s="66" customFormat="1" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="67" t="s">
         <v>108</v>
       </c>
       <c r="B1" s="68"/>
       <c r="C1" s="68"/>
       <c r="D1" s="68"/>
       <c r="E1" s="68"/>
@@ -8665,6655 +8766,7223 @@
         <v>45962</v>
       </c>
       <c r="B73" s="73">
         <v>4644845.08</v>
       </c>
       <c r="C73" s="73">
         <v>7881028.46</v>
       </c>
       <c r="D73" s="73">
         <v>0</v>
       </c>
       <c r="E73" s="73">
         <v>11465593.65</v>
       </c>
       <c r="F73" s="73">
         <v>995846.73000000417</v>
       </c>
       <c r="G73" s="73">
         <v>24987313.920000002</v>
       </c>
     </row>
     <row r="74" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A74" s="77">
         <v>45992</v>
       </c>
-      <c r="B74" s="85"/>
-[...4 lines deleted...]
-      <c r="G74" s="85"/>
+      <c r="B74" s="78">
+        <v>4343517.32</v>
+      </c>
+      <c r="C74" s="78">
+        <v>8169791.8399999999</v>
+      </c>
+      <c r="D74" s="78">
+        <v>72850</v>
+      </c>
+      <c r="E74" s="78">
+        <v>14097427.029999999</v>
+      </c>
+      <c r="F74" s="78">
+        <v>1483435.48</v>
+      </c>
+      <c r="G74" s="78">
+        <v>28167021.670000002</v>
+      </c>
+    </row>
+    <row r="75" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A75" s="81">
+        <v>46023</v>
+      </c>
+      <c r="B75" s="73">
+        <v>4512502.96</v>
+      </c>
+      <c r="C75" s="73">
+        <v>8587669.4000000004</v>
+      </c>
+      <c r="D75" s="73">
+        <v>15000</v>
+      </c>
+      <c r="E75" s="73">
+        <v>17720047.73</v>
+      </c>
+      <c r="F75" s="73">
+        <v>835467.41</v>
+      </c>
+      <c r="G75" s="73">
+        <v>31670687.5</v>
+      </c>
     </row>
     <row r="76" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A76" s="81">
+        <v>46054</v>
+      </c>
       <c r="B76" s="73"/>
       <c r="C76" s="73"/>
       <c r="D76" s="73"/>
       <c r="E76" s="73"/>
       <c r="F76" s="73"/>
       <c r="G76" s="73"/>
+    </row>
+    <row r="77" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A77" s="81">
+        <v>46082</v>
+      </c>
+      <c r="B77" s="73"/>
+      <c r="C77" s="73"/>
+      <c r="D77" s="73"/>
+      <c r="E77" s="73"/>
+      <c r="F77" s="73"/>
+      <c r="G77" s="73"/>
+    </row>
+    <row r="78" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A78" s="81">
+        <v>46113</v>
+      </c>
+      <c r="B78" s="73"/>
+      <c r="C78" s="73"/>
+      <c r="D78" s="73"/>
+      <c r="E78" s="73"/>
+      <c r="F78" s="73"/>
+      <c r="G78" s="73"/>
+    </row>
+    <row r="79" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A79" s="81">
+        <v>46143</v>
+      </c>
+      <c r="B79" s="73"/>
+      <c r="C79" s="73"/>
+      <c r="D79" s="73"/>
+      <c r="E79" s="73"/>
+      <c r="F79" s="73"/>
+      <c r="G79" s="73"/>
+    </row>
+    <row r="80" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A80" s="81">
+        <v>46174</v>
+      </c>
+      <c r="B80" s="73"/>
+      <c r="C80" s="73"/>
+      <c r="D80" s="73"/>
+      <c r="E80" s="73"/>
+      <c r="F80" s="73"/>
+      <c r="G80" s="73"/>
+    </row>
+    <row r="81" spans="1:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A81" s="81">
+        <v>46204</v>
+      </c>
+      <c r="B81" s="73"/>
+      <c r="C81" s="73"/>
+      <c r="D81" s="73"/>
+      <c r="E81" s="73"/>
+      <c r="F81" s="73"/>
+      <c r="G81" s="73"/>
+    </row>
+    <row r="82" spans="1:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A82" s="81">
+        <v>46235</v>
+      </c>
+      <c r="B82" s="73"/>
+      <c r="C82" s="73"/>
+      <c r="D82" s="73"/>
+      <c r="E82" s="73"/>
+      <c r="F82" s="73"/>
+      <c r="G82" s="73"/>
+    </row>
+    <row r="83" spans="1:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A83" s="81">
+        <v>46266</v>
+      </c>
+      <c r="B83" s="73"/>
+      <c r="C83" s="73"/>
+      <c r="D83" s="73"/>
+      <c r="E83" s="73"/>
+      <c r="F83" s="73"/>
+      <c r="G83" s="73"/>
+    </row>
+    <row r="84" spans="1:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A84" s="81">
+        <v>46296</v>
+      </c>
+      <c r="B84" s="73"/>
+      <c r="C84" s="73"/>
+      <c r="D84" s="73"/>
+      <c r="E84" s="73"/>
+      <c r="F84" s="73"/>
+      <c r="G84" s="73"/>
+    </row>
+    <row r="85" spans="1:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A85" s="81">
+        <v>46327</v>
+      </c>
+      <c r="B85" s="73"/>
+      <c r="C85" s="73"/>
+      <c r="D85" s="73"/>
+      <c r="E85" s="73"/>
+      <c r="F85" s="73"/>
+      <c r="G85" s="73"/>
+    </row>
+    <row r="86" spans="1:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A86" s="77">
+        <v>46357</v>
+      </c>
+      <c r="B86" s="78"/>
+      <c r="C86" s="78"/>
+      <c r="D86" s="78"/>
+      <c r="E86" s="78"/>
+      <c r="F86" s="78"/>
+      <c r="G86" s="78"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="J13:L13"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="90" verticalDpi="90"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{366D3112-F790-49D2-882D-1924CF6F7E84}">
-  <dimension ref="A1:O155"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9B9928F0-5CFB-4828-85C9-5C14F3B8F9E4}">
+  <dimension ref="A1:O160"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-      <pane xSplit="2" ySplit="4" topLeftCell="C125" activePane="bottomRight" state="frozen"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <pane xSplit="2" ySplit="4" topLeftCell="C134" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="G139" sqref="G139"/>
+      <selection pane="bottomRight" activeCell="E138" sqref="E138"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.75" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="2.4140625" style="1" customWidth="1"/>
     <col min="2" max="2" width="13.9140625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="4" width="9.9140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="11" style="1" customWidth="1"/>
     <col min="6" max="6" width="10.9140625" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="9.4140625" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="9.9140625" style="1" bestFit="1" customWidth="1"/>
     <col min="9" max="15" width="10.4140625" style="1" customWidth="1"/>
     <col min="16" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B1" s="86" t="s">
+      <c r="B1" s="85" t="s">
         <v>115</v>
       </c>
       <c r="C1" s="29"/>
       <c r="D1" s="29"/>
       <c r="E1" s="29"/>
       <c r="F1" s="29"/>
       <c r="G1" s="29"/>
       <c r="H1" s="29"/>
       <c r="I1" s="29"/>
       <c r="J1" s="29"/>
       <c r="K1" s="29"/>
       <c r="L1" s="29"/>
       <c r="M1" s="29"/>
       <c r="N1" s="29"/>
       <c r="O1" s="29"/>
     </row>
     <row r="2" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B2" s="88" t="s">
+      <c r="B2" s="87" t="s">
         <v>19</v>
       </c>
-      <c r="C2" s="91" t="s">
+      <c r="C2" s="90" t="s">
         <v>116</v>
       </c>
-      <c r="D2" s="92" t="s">
+      <c r="D2" s="91" t="s">
         <v>117</v>
       </c>
       <c r="E2" s="39"/>
       <c r="F2" s="39"/>
       <c r="G2" s="39"/>
       <c r="H2" s="39"/>
-      <c r="I2" s="93"/>
+      <c r="I2" s="92"/>
       <c r="J2" s="38" t="s">
         <v>118</v>
       </c>
       <c r="K2" s="39"/>
       <c r="L2" s="39"/>
       <c r="M2" s="39"/>
       <c r="N2" s="39"/>
-      <c r="O2" s="93"/>
+      <c r="O2" s="92"/>
     </row>
     <row r="3" spans="1:15" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B3" s="88"/>
-[...1 lines deleted...]
-      <c r="D3" s="94" t="s">
+      <c r="B3" s="87"/>
+      <c r="C3" s="90"/>
+      <c r="D3" s="93" t="s">
         <v>119</v>
       </c>
       <c r="E3" s="33" t="s">
         <v>120</v>
       </c>
       <c r="F3" s="33" t="s">
         <v>121</v>
       </c>
       <c r="G3" s="33" t="s">
         <v>122</v>
       </c>
       <c r="H3" s="33" t="s">
         <v>123</v>
       </c>
-      <c r="I3" s="95" t="s">
+      <c r="I3" s="94" t="s">
         <v>124</v>
       </c>
-      <c r="J3" s="94" t="str">
+      <c r="J3" s="93" t="str">
         <f t="shared" ref="J3:O3" si="0">D3</f>
         <v>Objem kvót</v>
       </c>
       <c r="K3" s="33" t="str">
         <f t="shared" si="0"/>
         <v>Vážená priemerná cena</v>
       </c>
       <c r="L3" s="33" t="str">
         <f t="shared" si="0"/>
         <v>Výnos z aukcie</v>
       </c>
       <c r="M3" s="33" t="str">
         <f t="shared" si="0"/>
         <v>Odmena aukcionára (0.1%)</v>
       </c>
       <c r="N3" s="33" t="str">
         <f t="shared" si="0"/>
         <v>Úprava o časový posun</v>
       </c>
-      <c r="O3" s="95" t="str">
+      <c r="O3" s="94" t="str">
         <f t="shared" si="0"/>
         <v>Príjem Envirofondu</v>
       </c>
     </row>
     <row r="4" spans="1:15" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B4" s="87"/>
-[...1 lines deleted...]
-      <c r="D4" s="90"/>
+      <c r="B4" s="86"/>
+      <c r="C4" s="88"/>
+      <c r="D4" s="89"/>
       <c r="E4" s="34"/>
       <c r="F4" s="34"/>
       <c r="G4" s="34"/>
       <c r="H4" s="34"/>
-      <c r="I4" s="96"/>
-      <c r="J4" s="90"/>
+      <c r="I4" s="95"/>
+      <c r="J4" s="89"/>
       <c r="K4" s="34"/>
       <c r="L4" s="34"/>
       <c r="M4" s="34"/>
       <c r="N4" s="34"/>
-      <c r="O4" s="96"/>
+      <c r="O4" s="95"/>
     </row>
     <row r="5" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="16">
         <f t="shared" ref="A5:A36" si="1">YEAR(B5)</f>
         <v>2015</v>
       </c>
-      <c r="B5" s="97" t="s">
+      <c r="B5" s="96" t="s">
         <v>24</v>
       </c>
-      <c r="C5" s="98">
+      <c r="C5" s="97">
         <f t="shared" ref="C5:C36" si="2">I5+O5</f>
         <v>5076788.13</v>
       </c>
-      <c r="D5" s="99">
+      <c r="D5" s="98">
         <v>810000</v>
       </c>
-      <c r="E5" s="100">
+      <c r="E5" s="99">
         <f t="shared" ref="E5:E36" si="3">F5/D5</f>
         <v>6.899</v>
       </c>
-      <c r="F5" s="99">
+      <c r="F5" s="98">
         <v>5588190</v>
       </c>
-      <c r="G5" s="99">
+      <c r="G5" s="98">
         <f t="shared" ref="G5:G36" si="4">F5*0.001</f>
         <v>5588.1900000000005</v>
       </c>
-      <c r="H5" s="99">
+      <c r="H5" s="98">
         <v>559959.48</v>
       </c>
-      <c r="I5" s="101">
+      <c r="I5" s="100">
         <f>F5-G5-H5</f>
         <v>5022642.33</v>
       </c>
-      <c r="J5" s="99">
+      <c r="J5" s="98">
         <v>8000</v>
       </c>
-      <c r="K5" s="100">
+      <c r="K5" s="99">
         <f>L5/J5</f>
         <v>6.7750000000000004</v>
       </c>
-      <c r="L5" s="99">
+      <c r="L5" s="98">
         <v>54200</v>
       </c>
-      <c r="M5" s="99">
+      <c r="M5" s="98">
         <f>L5*0.001</f>
         <v>54.2</v>
       </c>
-      <c r="N5" s="99"/>
-      <c r="O5" s="101">
+      <c r="N5" s="98"/>
+      <c r="O5" s="100">
         <f>L5-M5-N5</f>
         <v>54145.8</v>
       </c>
     </row>
     <row r="6" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="16">
         <f t="shared" si="1"/>
         <v>2015</v>
       </c>
-      <c r="B6" s="102" t="s">
+      <c r="B6" s="101" t="s">
         <v>25</v>
       </c>
-      <c r="C6" s="103">
+      <c r="C6" s="102">
         <f t="shared" si="2"/>
         <v>7022900.0700000003</v>
       </c>
-      <c r="D6" s="99">
+      <c r="D6" s="98">
         <v>972000</v>
       </c>
-      <c r="E6" s="100">
+      <c r="E6" s="99">
         <f t="shared" si="3"/>
         <v>7.2350000000000003</v>
       </c>
-      <c r="F6" s="99">
+      <c r="F6" s="98">
         <v>7032420</v>
       </c>
-      <c r="G6" s="99">
+      <c r="G6" s="98">
         <f t="shared" si="4"/>
         <v>7032.42</v>
       </c>
-      <c r="H6" s="99">
+      <c r="H6" s="98">
         <v>589899.51</v>
       </c>
-      <c r="I6" s="101">
+      <c r="I6" s="100">
         <f t="shared" ref="I6:I16" si="5">F6-G6-H6+H5</f>
         <v>6995447.5500000007</v>
       </c>
-      <c r="J6" s="99">
+      <c r="J6" s="98">
         <v>4000</v>
       </c>
-      <c r="K6" s="100">
+      <c r="K6" s="99">
         <f>L6/J6</f>
         <v>6.87</v>
       </c>
-      <c r="L6" s="99">
+      <c r="L6" s="98">
         <v>27480</v>
       </c>
-      <c r="M6" s="99">
+      <c r="M6" s="98">
         <f>L6*0.001</f>
         <v>27.48</v>
       </c>
-      <c r="N6" s="99"/>
-      <c r="O6" s="101">
+      <c r="N6" s="98"/>
+      <c r="O6" s="100">
         <f>L6-M6-N6+N5</f>
         <v>27452.52</v>
       </c>
     </row>
     <row r="7" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="16">
         <f t="shared" si="1"/>
         <v>2015</v>
       </c>
-      <c r="B7" s="102" t="s">
+      <c r="B7" s="101" t="s">
         <v>26</v>
       </c>
-      <c r="C7" s="103">
+      <c r="C7" s="102">
         <f t="shared" si="2"/>
         <v>7177515.3000000007</v>
       </c>
-      <c r="D7" s="99">
+      <c r="D7" s="98">
         <v>1134000</v>
       </c>
-      <c r="E7" s="100">
+      <c r="E7" s="99">
         <f t="shared" si="3"/>
         <v>6.7635714285714288</v>
       </c>
-      <c r="F7" s="99">
+      <c r="F7" s="98">
         <v>7669890</v>
       </c>
-      <c r="G7" s="99">
+      <c r="G7" s="98">
         <f t="shared" si="4"/>
         <v>7669.89</v>
       </c>
-      <c r="H7" s="99">
+      <c r="H7" s="98">
         <v>1100498.3999999999</v>
       </c>
-      <c r="I7" s="101">
+      <c r="I7" s="100">
         <f t="shared" si="5"/>
         <v>7151621.2200000007</v>
       </c>
-      <c r="J7" s="99">
+      <c r="J7" s="98">
         <v>4000</v>
       </c>
-      <c r="K7" s="100">
+      <c r="K7" s="99">
         <f>L7/J7</f>
         <v>6.48</v>
       </c>
-      <c r="L7" s="99">
+      <c r="L7" s="98">
         <v>25920</v>
       </c>
-      <c r="M7" s="99">
+      <c r="M7" s="98">
         <f>L7*0.001</f>
         <v>25.92</v>
       </c>
-      <c r="N7" s="99"/>
-      <c r="O7" s="101">
+      <c r="N7" s="98"/>
+      <c r="O7" s="100">
         <f>L7-M7-N7</f>
         <v>25894.080000000002</v>
       </c>
     </row>
     <row r="8" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="16">
         <f t="shared" si="1"/>
         <v>2015</v>
       </c>
-      <c r="B8" s="102" t="s">
+      <c r="B8" s="101" t="s">
         <v>27</v>
       </c>
-      <c r="C8" s="103">
+      <c r="C8" s="102">
         <f t="shared" si="2"/>
         <v>7371720.9000000004</v>
       </c>
-      <c r="D8" s="99">
+      <c r="D8" s="98">
         <v>972000</v>
       </c>
-      <c r="E8" s="100">
+      <c r="E8" s="99">
         <f t="shared" si="3"/>
         <v>7.0641666666666669</v>
       </c>
-      <c r="F8" s="99">
+      <c r="F8" s="98">
         <v>6866370</v>
       </c>
-      <c r="G8" s="99">
+      <c r="G8" s="98">
         <f t="shared" si="4"/>
         <v>6866.37</v>
       </c>
-      <c r="H8" s="99">
+      <c r="H8" s="98">
         <v>608510.88</v>
       </c>
-      <c r="I8" s="101">
+      <c r="I8" s="100">
         <f t="shared" si="5"/>
         <v>7351491.1500000004</v>
       </c>
-      <c r="J8" s="99">
+      <c r="J8" s="98">
         <v>3000</v>
       </c>
-      <c r="K8" s="100">
+      <c r="K8" s="99">
         <f>L8/J8</f>
         <v>6.75</v>
       </c>
-      <c r="L8" s="99">
+      <c r="L8" s="98">
         <v>20250</v>
       </c>
-      <c r="M8" s="99">
+      <c r="M8" s="98">
         <f>L8*0.001</f>
         <v>20.25</v>
       </c>
-      <c r="N8" s="99"/>
-      <c r="O8" s="101">
+      <c r="N8" s="98"/>
+      <c r="O8" s="100">
         <f>L8-M8-N8+N7</f>
         <v>20229.75</v>
       </c>
     </row>
     <row r="9" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="16">
         <f t="shared" si="1"/>
         <v>2015</v>
       </c>
-      <c r="B9" s="102" t="s">
+      <c r="B9" s="101" t="s">
         <v>28</v>
       </c>
-      <c r="C9" s="103">
+      <c r="C9" s="102">
         <f t="shared" si="2"/>
         <v>5457906.6299999999</v>
       </c>
-      <c r="D9" s="99">
+      <c r="D9" s="98">
         <v>729000</v>
       </c>
-      <c r="E9" s="100">
+      <c r="E9" s="99">
         <f t="shared" si="3"/>
         <v>7.4388888888888891</v>
       </c>
-      <c r="F9" s="99">
+      <c r="F9" s="98">
         <v>5422950</v>
       </c>
-      <c r="G9" s="99">
+      <c r="G9" s="98">
         <f t="shared" si="4"/>
         <v>5422.95</v>
       </c>
-      <c r="H9" s="99">
+      <c r="H9" s="98">
         <v>582616.80000000005</v>
       </c>
-      <c r="I9" s="101">
+      <c r="I9" s="100">
         <f t="shared" si="5"/>
         <v>5443421.1299999999</v>
       </c>
-      <c r="J9" s="99">
+      <c r="J9" s="98">
         <v>2000</v>
       </c>
-      <c r="K9" s="100">
+      <c r="K9" s="99">
         <f>L9/J9</f>
         <v>7.25</v>
       </c>
-      <c r="L9" s="99">
+      <c r="L9" s="98">
         <v>14500</v>
       </c>
-      <c r="M9" s="99">
+      <c r="M9" s="98">
         <f>L9*0.001</f>
         <v>14.5</v>
       </c>
-      <c r="N9" s="99"/>
-      <c r="O9" s="101">
+      <c r="N9" s="98"/>
+      <c r="O9" s="100">
         <f>L9-M9-N9</f>
         <v>14485.5</v>
       </c>
     </row>
     <row r="10" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="16">
         <f t="shared" si="1"/>
         <v>2015</v>
       </c>
-      <c r="B10" s="102" t="s">
+      <c r="B10" s="101" t="s">
         <v>29</v>
       </c>
-      <c r="C10" s="103">
+      <c r="C10" s="102">
         <f t="shared" si="2"/>
         <v>7201791</v>
       </c>
-      <c r="D10" s="99">
+      <c r="D10" s="98">
         <v>1053000</v>
       </c>
-      <c r="E10" s="100">
+      <c r="E10" s="99">
         <f t="shared" si="3"/>
         <v>7.4246153846153842</v>
       </c>
-      <c r="F10" s="99">
+      <c r="F10" s="98">
         <v>7818120</v>
       </c>
-      <c r="G10" s="99">
+      <c r="G10" s="98">
         <f t="shared" si="4"/>
         <v>7818.12</v>
       </c>
-      <c r="H10" s="99">
+      <c r="H10" s="98">
         <v>1191127.68</v>
       </c>
-      <c r="I10" s="101">
+      <c r="I10" s="100">
         <f t="shared" si="5"/>
         <v>7201791</v>
       </c>
-      <c r="J10" s="99"/>
-[...4 lines deleted...]
-      <c r="O10" s="101"/>
+      <c r="J10" s="98"/>
+      <c r="K10" s="99"/>
+      <c r="L10" s="98"/>
+      <c r="M10" s="98"/>
+      <c r="N10" s="98"/>
+      <c r="O10" s="100"/>
     </row>
     <row r="11" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="16">
         <f t="shared" si="1"/>
         <v>2015</v>
       </c>
-      <c r="B11" s="102" t="s">
+      <c r="B11" s="101" t="s">
         <v>30</v>
       </c>
-      <c r="C11" s="103">
+      <c r="C11" s="102">
         <f t="shared" si="2"/>
         <v>8668592.7300000004</v>
       </c>
-      <c r="D11" s="99">
+      <c r="D11" s="98">
         <v>1053000</v>
       </c>
-      <c r="E11" s="100">
+      <c r="E11" s="99">
         <f t="shared" si="3"/>
         <v>7.71</v>
       </c>
-      <c r="F11" s="99">
+      <c r="F11" s="98">
         <v>8118630</v>
       </c>
-      <c r="G11" s="99">
+      <c r="G11" s="98">
         <f t="shared" si="4"/>
         <v>8118.63</v>
       </c>
-      <c r="H11" s="99">
+      <c r="H11" s="98">
         <v>647352</v>
       </c>
-      <c r="I11" s="101">
+      <c r="I11" s="100">
         <f t="shared" si="5"/>
         <v>8654287.0500000007</v>
       </c>
-      <c r="J11" s="99">
+      <c r="J11" s="98">
         <v>2000</v>
       </c>
-      <c r="K11" s="100">
+      <c r="K11" s="99">
         <f>L11/J11</f>
         <v>7.16</v>
       </c>
-      <c r="L11" s="99">
+      <c r="L11" s="98">
         <v>14320</v>
       </c>
-      <c r="M11" s="99">
+      <c r="M11" s="98">
         <f>L11*0.001</f>
         <v>14.32</v>
       </c>
-      <c r="N11" s="99"/>
-      <c r="O11" s="101">
+      <c r="N11" s="98"/>
+      <c r="O11" s="100">
         <f>L11-M11-N11</f>
         <v>14305.68</v>
       </c>
     </row>
     <row r="12" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="16">
         <f t="shared" si="1"/>
         <v>2015</v>
       </c>
-      <c r="B12" s="102" t="s">
+      <c r="B12" s="101" t="s">
         <v>31</v>
       </c>
-      <c r="C12" s="103">
+      <c r="C12" s="102">
         <f t="shared" si="2"/>
         <v>4559785.6500000004</v>
       </c>
-      <c r="D12" s="99">
+      <c r="D12" s="98">
         <v>486000</v>
       </c>
-      <c r="E12" s="100">
+      <c r="E12" s="99">
         <f t="shared" si="3"/>
         <v>8.0583333333333336</v>
       </c>
-      <c r="F12" s="99">
+      <c r="F12" s="98">
         <v>3916350</v>
       </c>
-      <c r="G12" s="99">
+      <c r="G12" s="98">
         <f t="shared" si="4"/>
         <v>3916.35</v>
       </c>
-      <c r="H12" s="99"/>
-      <c r="I12" s="101">
+      <c r="H12" s="98"/>
+      <c r="I12" s="100">
         <f t="shared" si="5"/>
         <v>4559785.6500000004</v>
       </c>
-      <c r="J12" s="99"/>
-[...4 lines deleted...]
-      <c r="O12" s="101"/>
+      <c r="J12" s="98"/>
+      <c r="K12" s="99"/>
+      <c r="L12" s="98"/>
+      <c r="M12" s="98"/>
+      <c r="N12" s="98"/>
+      <c r="O12" s="100"/>
     </row>
     <row r="13" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="16">
         <f t="shared" si="1"/>
         <v>2015</v>
       </c>
-      <c r="B13" s="102" t="s">
+      <c r="B13" s="101" t="s">
         <v>32</v>
       </c>
-      <c r="C13" s="103">
+      <c r="C13" s="102">
         <f t="shared" si="2"/>
         <v>7856106.0299999993</v>
       </c>
-      <c r="D13" s="99">
+      <c r="D13" s="98">
         <v>1053000</v>
       </c>
-      <c r="E13" s="100">
+      <c r="E13" s="99">
         <f t="shared" si="3"/>
         <v>8.0584615384615379</v>
       </c>
-      <c r="F13" s="99">
+      <c r="F13" s="98">
         <v>8485560</v>
       </c>
-      <c r="G13" s="99">
+      <c r="G13" s="98">
         <f t="shared" si="4"/>
         <v>8485.56</v>
       </c>
-      <c r="H13" s="99">
+      <c r="H13" s="98">
         <v>636832.53</v>
       </c>
-      <c r="I13" s="101">
+      <c r="I13" s="100">
         <f t="shared" si="5"/>
         <v>7840241.9099999992</v>
       </c>
-      <c r="J13" s="99">
+      <c r="J13" s="98">
         <v>2000</v>
       </c>
-      <c r="K13" s="100">
+      <c r="K13" s="99">
         <f>L13/J13</f>
         <v>7.94</v>
       </c>
-      <c r="L13" s="99">
+      <c r="L13" s="98">
         <v>15880</v>
       </c>
-      <c r="M13" s="99">
+      <c r="M13" s="98">
         <f>L13*0.001</f>
         <v>15.88</v>
       </c>
-      <c r="N13" s="99"/>
-      <c r="O13" s="101">
+      <c r="N13" s="98"/>
+      <c r="O13" s="100">
         <f>L13-M13-N13</f>
         <v>15864.12</v>
       </c>
     </row>
     <row r="14" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="16">
         <f t="shared" si="1"/>
         <v>2015</v>
       </c>
-      <c r="B14" s="102" t="s">
+      <c r="B14" s="101" t="s">
         <v>33</v>
       </c>
-      <c r="C14" s="103">
+      <c r="C14" s="102">
         <f t="shared" si="2"/>
         <v>8723877.3900000006</v>
       </c>
-      <c r="D14" s="99">
+      <c r="D14" s="98">
         <v>1053000</v>
       </c>
-      <c r="E14" s="100">
+      <c r="E14" s="99">
         <f t="shared" si="3"/>
         <v>8.3484615384615388</v>
       </c>
-      <c r="F14" s="99">
+      <c r="F14" s="98">
         <v>8790930</v>
       </c>
-      <c r="G14" s="99">
+      <c r="G14" s="98">
         <f t="shared" si="4"/>
         <v>8790.93</v>
       </c>
-      <c r="H14" s="99">
+      <c r="H14" s="98">
         <v>695094.21</v>
       </c>
-      <c r="I14" s="101">
+      <c r="I14" s="100">
         <f t="shared" si="5"/>
         <v>8723877.3900000006</v>
       </c>
-      <c r="J14" s="99"/>
-[...4 lines deleted...]
-      <c r="O14" s="101"/>
+      <c r="J14" s="98"/>
+      <c r="K14" s="99"/>
+      <c r="L14" s="98"/>
+      <c r="M14" s="98"/>
+      <c r="N14" s="98"/>
+      <c r="O14" s="100"/>
     </row>
     <row r="15" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="16">
         <f t="shared" si="1"/>
         <v>2015</v>
       </c>
-      <c r="B15" s="102" t="s">
+      <c r="B15" s="101" t="s">
         <v>34</v>
       </c>
-      <c r="C15" s="103">
+      <c r="C15" s="102">
         <f t="shared" si="2"/>
         <v>8949281.7599999998</v>
       </c>
-      <c r="D15" s="99">
+      <c r="D15" s="98">
         <v>1053000</v>
       </c>
-      <c r="E15" s="100">
+      <c r="E15" s="99">
         <f t="shared" si="3"/>
         <v>8.4807692307692299</v>
       </c>
-      <c r="F15" s="99">
+      <c r="F15" s="98">
         <v>8930250</v>
       </c>
-      <c r="G15" s="99">
+      <c r="G15" s="98">
         <f t="shared" si="4"/>
         <v>8930.25</v>
       </c>
-      <c r="H15" s="99">
+      <c r="H15" s="98">
         <v>691857.45</v>
       </c>
-      <c r="I15" s="101">
+      <c r="I15" s="100">
         <f t="shared" si="5"/>
         <v>8924556.5099999998</v>
       </c>
-      <c r="J15" s="99">
+      <c r="J15" s="98">
         <v>3000</v>
       </c>
-      <c r="K15" s="100">
+      <c r="K15" s="99">
         <f>L15/J15</f>
         <v>8.25</v>
       </c>
-      <c r="L15" s="99">
+      <c r="L15" s="98">
         <v>24750</v>
       </c>
-      <c r="M15" s="99">
+      <c r="M15" s="98">
         <f>L15*0.001</f>
         <v>24.75</v>
       </c>
-      <c r="N15" s="99"/>
-      <c r="O15" s="101">
+      <c r="N15" s="98"/>
+      <c r="O15" s="100">
         <f>L15-M15-N15</f>
         <v>24725.25</v>
       </c>
     </row>
     <row r="16" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="16">
         <f t="shared" si="1"/>
         <v>2015</v>
       </c>
-      <c r="B16" s="104" t="s">
+      <c r="B16" s="103" t="s">
         <v>35</v>
       </c>
-      <c r="C16" s="105">
+      <c r="C16" s="104">
         <f t="shared" si="2"/>
         <v>6358585.0499999998</v>
       </c>
       <c r="D16" s="26">
         <v>687000</v>
       </c>
-      <c r="E16" s="106">
+      <c r="E16" s="105">
         <f t="shared" si="3"/>
         <v>8.2567685589519648</v>
       </c>
       <c r="F16" s="26">
         <v>5672400</v>
       </c>
       <c r="G16" s="26">
         <f t="shared" si="4"/>
         <v>5672.4000000000005</v>
       </c>
       <c r="H16" s="26"/>
-      <c r="I16" s="107">
+      <c r="I16" s="106">
         <f t="shared" si="5"/>
         <v>6358585.0499999998</v>
       </c>
       <c r="J16" s="26"/>
-      <c r="K16" s="106"/>
+      <c r="K16" s="105"/>
       <c r="L16" s="26"/>
       <c r="M16" s="26"/>
       <c r="N16" s="26"/>
-      <c r="O16" s="107"/>
+      <c r="O16" s="106"/>
     </row>
     <row r="17" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="16">
         <f t="shared" si="1"/>
         <v>2016</v>
       </c>
-      <c r="B17" s="102" t="s">
+      <c r="B17" s="101" t="s">
         <v>36</v>
       </c>
-      <c r="C17" s="98">
+      <c r="C17" s="97">
         <f t="shared" si="2"/>
         <v>4953056.9849999994</v>
       </c>
-      <c r="D17" s="99">
+      <c r="D17" s="98">
         <v>846000</v>
       </c>
-      <c r="E17" s="100">
+      <c r="E17" s="99">
         <f t="shared" si="3"/>
         <v>6.5177777777777779</v>
       </c>
-      <c r="F17" s="99">
+      <c r="F17" s="98">
         <v>5514040</v>
       </c>
-      <c r="G17" s="99">
+      <c r="G17" s="98">
         <f t="shared" si="4"/>
         <v>5514.04</v>
       </c>
-      <c r="H17" s="99">
+      <c r="H17" s="98">
         <v>565314.12</v>
       </c>
-      <c r="I17" s="101">
+      <c r="I17" s="100">
         <f>F17-G17-H17</f>
         <v>4943211.84</v>
       </c>
-      <c r="J17" s="99">
+      <c r="J17" s="98">
         <v>1500</v>
       </c>
-      <c r="K17" s="100">
+      <c r="K17" s="99">
         <f>L17/J17</f>
         <v>6.57</v>
       </c>
-      <c r="L17" s="99">
+      <c r="L17" s="98">
         <v>9855</v>
       </c>
-      <c r="M17" s="99">
+      <c r="M17" s="98">
         <f>L17*0.001</f>
         <v>9.8550000000000004</v>
       </c>
-      <c r="N17" s="99"/>
-      <c r="O17" s="101">
+      <c r="N17" s="98"/>
+      <c r="O17" s="100">
         <f>L17-M17-N17</f>
         <v>9845.1450000000004</v>
       </c>
     </row>
     <row r="18" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="16">
         <f t="shared" si="1"/>
         <v>2016</v>
       </c>
-      <c r="B18" s="102" t="s">
+      <c r="B18" s="101" t="s">
         <v>37</v>
       </c>
-      <c r="C18" s="103">
+      <c r="C18" s="102">
         <f t="shared" si="2"/>
         <v>6392181.4200000009</v>
       </c>
-      <c r="D18" s="99">
+      <c r="D18" s="98">
         <v>1222000</v>
       </c>
-      <c r="E18" s="100">
+      <c r="E18" s="99">
         <f t="shared" si="3"/>
         <v>5.1461538461538465</v>
       </c>
-      <c r="F18" s="99">
+      <c r="F18" s="98">
         <v>6288600</v>
       </c>
-      <c r="G18" s="99">
+      <c r="G18" s="98">
         <f t="shared" si="4"/>
         <v>6288.6</v>
       </c>
-      <c r="H18" s="99">
+      <c r="H18" s="98">
         <v>455444.1</v>
       </c>
-      <c r="I18" s="101">
+      <c r="I18" s="100">
         <f t="shared" ref="I18:I28" si="6">F18-G18-H18+H17</f>
         <v>6392181.4200000009</v>
       </c>
-      <c r="J18" s="99"/>
-[...4 lines deleted...]
-      <c r="O18" s="101"/>
+      <c r="J18" s="98"/>
+      <c r="K18" s="99"/>
+      <c r="L18" s="98"/>
+      <c r="M18" s="98"/>
+      <c r="N18" s="98"/>
+      <c r="O18" s="100"/>
     </row>
     <row r="19" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="16">
         <f t="shared" si="1"/>
         <v>2016</v>
       </c>
-      <c r="B19" s="102" t="s">
+      <c r="B19" s="101" t="s">
         <v>38</v>
       </c>
-      <c r="C19" s="103">
+      <c r="C19" s="102">
         <f t="shared" si="2"/>
         <v>5961042.9899999993</v>
       </c>
-      <c r="D19" s="99">
+      <c r="D19" s="98">
         <v>1222000</v>
       </c>
-      <c r="E19" s="100">
+      <c r="E19" s="99">
         <f t="shared" si="3"/>
         <v>4.8861538461538458</v>
       </c>
-      <c r="F19" s="99">
+      <c r="F19" s="98">
         <v>5970880</v>
       </c>
-      <c r="G19" s="99">
+      <c r="G19" s="98">
         <f t="shared" si="4"/>
         <v>5970.88</v>
       </c>
-      <c r="H19" s="99">
+      <c r="H19" s="98">
         <v>466712.82</v>
       </c>
-      <c r="I19" s="101">
+      <c r="I19" s="100">
         <f t="shared" si="6"/>
         <v>5953640.3999999994</v>
       </c>
-      <c r="J19" s="99">
+      <c r="J19" s="98">
         <v>1500</v>
       </c>
-      <c r="K19" s="100">
+      <c r="K19" s="99">
         <f>L19/J19</f>
         <v>4.9400000000000004</v>
       </c>
-      <c r="L19" s="99">
+      <c r="L19" s="98">
         <v>7410.0000000000009</v>
       </c>
-      <c r="M19" s="99">
+      <c r="M19" s="98">
         <f>L19*0.001</f>
         <v>7.410000000000001</v>
       </c>
-      <c r="N19" s="99"/>
-      <c r="O19" s="101">
+      <c r="N19" s="98"/>
+      <c r="O19" s="100">
         <f>L19-M19-N19</f>
         <v>7402.5900000000011</v>
       </c>
     </row>
     <row r="20" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="16">
         <f t="shared" si="1"/>
         <v>2016</v>
       </c>
-      <c r="B20" s="102" t="s">
+      <c r="B20" s="101" t="s">
         <v>39</v>
       </c>
-      <c r="C20" s="103">
+      <c r="C20" s="102">
         <f t="shared" si="2"/>
         <v>6149903.9400000004</v>
       </c>
-      <c r="D20" s="99">
+      <c r="D20" s="98">
         <v>1128000</v>
       </c>
-      <c r="E20" s="100">
+      <c r="E20" s="99">
         <f t="shared" si="3"/>
         <v>5.5966666666666667</v>
       </c>
-      <c r="F20" s="99">
+      <c r="F20" s="98">
         <v>6313040</v>
       </c>
-      <c r="G20" s="99">
+      <c r="G20" s="98">
         <f t="shared" si="4"/>
         <v>6313.04</v>
       </c>
-      <c r="H20" s="99">
+      <c r="H20" s="98">
         <v>623535.84</v>
       </c>
-      <c r="I20" s="101">
+      <c r="I20" s="100">
         <f t="shared" si="6"/>
         <v>6149903.9400000004</v>
       </c>
-      <c r="J20" s="99"/>
-[...4 lines deleted...]
-      <c r="O20" s="101"/>
+      <c r="J20" s="98"/>
+      <c r="K20" s="99"/>
+      <c r="L20" s="98"/>
+      <c r="M20" s="98"/>
+      <c r="N20" s="98"/>
+      <c r="O20" s="100"/>
     </row>
     <row r="21" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="16">
         <f t="shared" si="1"/>
         <v>2016</v>
       </c>
-      <c r="B21" s="102" t="s">
+      <c r="B21" s="101" t="s">
         <v>40</v>
       </c>
-      <c r="C21" s="103">
+      <c r="C21" s="102">
         <f t="shared" si="2"/>
         <v>5038176.7799999993</v>
       </c>
-      <c r="D21" s="99">
+      <c r="D21" s="98">
         <v>846000</v>
       </c>
-      <c r="E21" s="100">
+      <c r="E21" s="99">
         <f t="shared" si="3"/>
         <v>5.88</v>
       </c>
-      <c r="F21" s="99">
+      <c r="F21" s="98">
         <v>4974480</v>
       </c>
-      <c r="G21" s="99">
+      <c r="G21" s="98">
         <f t="shared" si="4"/>
         <v>4974.4800000000005</v>
       </c>
-      <c r="H21" s="99">
+      <c r="H21" s="98">
         <v>563436</v>
       </c>
-      <c r="I21" s="101">
+      <c r="I21" s="100">
         <f t="shared" si="6"/>
         <v>5029605.3599999994</v>
       </c>
-      <c r="J21" s="99">
+      <c r="J21" s="98">
         <v>1500</v>
       </c>
-      <c r="K21" s="100">
+      <c r="K21" s="99">
         <f>L21/J21</f>
         <v>5.72</v>
       </c>
-      <c r="L21" s="99">
+      <c r="L21" s="98">
         <v>8580</v>
       </c>
-      <c r="M21" s="99">
+      <c r="M21" s="98">
         <f>L21*0.001</f>
         <v>8.58</v>
       </c>
-      <c r="N21" s="99"/>
-      <c r="O21" s="101">
+      <c r="N21" s="98"/>
+      <c r="O21" s="100">
         <f>L21-M21-N21</f>
         <v>8571.42</v>
       </c>
     </row>
     <row r="22" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="16">
         <f t="shared" si="1"/>
         <v>2016</v>
       </c>
-      <c r="B22" s="102" t="s">
+      <c r="B22" s="101" t="s">
         <v>41</v>
       </c>
-      <c r="C22" s="103">
+      <c r="C22" s="102">
         <f t="shared" si="2"/>
         <v>6980032.9799999995</v>
       </c>
-      <c r="D22" s="99">
+      <c r="D22" s="98">
         <v>1222000</v>
       </c>
-      <c r="E22" s="100">
+      <c r="E22" s="99">
         <f t="shared" si="3"/>
         <v>5.6</v>
       </c>
-      <c r="F22" s="99">
+      <c r="F22" s="98">
         <v>6843200</v>
       </c>
-      <c r="G22" s="99">
+      <c r="G22" s="98">
         <f t="shared" si="4"/>
         <v>6843.2</v>
       </c>
-      <c r="H22" s="99">
+      <c r="H22" s="98">
         <v>419759.82</v>
       </c>
-      <c r="I22" s="101">
+      <c r="I22" s="100">
         <f t="shared" si="6"/>
         <v>6980032.9799999995</v>
       </c>
-      <c r="J22" s="99"/>
-[...4 lines deleted...]
-      <c r="O22" s="101"/>
+      <c r="J22" s="98"/>
+      <c r="K22" s="99"/>
+      <c r="L22" s="98"/>
+      <c r="M22" s="98"/>
+      <c r="N22" s="98"/>
+      <c r="O22" s="100"/>
     </row>
     <row r="23" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="16">
         <f t="shared" si="1"/>
         <v>2016</v>
       </c>
-      <c r="B23" s="102" t="s">
+      <c r="B23" s="101" t="s">
         <v>42</v>
       </c>
-      <c r="C23" s="103">
+      <c r="C23" s="102">
         <f t="shared" si="2"/>
         <v>5271098.6249999991</v>
       </c>
-      <c r="D23" s="99">
+      <c r="D23" s="98">
         <v>1128000</v>
       </c>
-      <c r="E23" s="100">
+      <c r="E23" s="99">
         <f t="shared" si="3"/>
         <v>4.6808333333333332</v>
       </c>
-      <c r="F23" s="99">
+      <c r="F23" s="98">
         <v>5279980</v>
       </c>
-      <c r="G23" s="99">
+      <c r="G23" s="98">
         <f t="shared" si="4"/>
         <v>5279.9800000000005</v>
       </c>
-      <c r="H23" s="99">
+      <c r="H23" s="98">
         <v>430089.48</v>
       </c>
-      <c r="I23" s="101">
+      <c r="I23" s="100">
         <f t="shared" si="6"/>
         <v>5264370.3599999994</v>
       </c>
-      <c r="J23" s="99">
+      <c r="J23" s="98">
         <v>1500</v>
       </c>
-      <c r="K23" s="100">
+      <c r="K23" s="99">
         <f>L23/J23</f>
         <v>4.49</v>
       </c>
-      <c r="L23" s="99">
+      <c r="L23" s="98">
         <v>6735</v>
       </c>
-      <c r="M23" s="99">
+      <c r="M23" s="98">
         <f>L23*0.001</f>
         <v>6.7350000000000003</v>
       </c>
-      <c r="N23" s="99"/>
-      <c r="O23" s="101">
+      <c r="N23" s="98"/>
+      <c r="O23" s="100">
         <f>L23-M23-N23</f>
         <v>6728.2650000000003</v>
       </c>
     </row>
     <row r="24" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="16">
         <f t="shared" si="1"/>
         <v>2016</v>
       </c>
-      <c r="B24" s="102" t="s">
+      <c r="B24" s="101" t="s">
         <v>43</v>
       </c>
-      <c r="C24" s="103">
+      <c r="C24" s="102">
         <f t="shared" si="2"/>
         <v>2169228.6</v>
       </c>
-      <c r="D24" s="99">
+      <c r="D24" s="98">
         <v>376000</v>
       </c>
-      <c r="E24" s="100">
+      <c r="E24" s="99">
         <f t="shared" si="3"/>
         <v>4.63</v>
       </c>
-      <c r="F24" s="99">
+      <c r="F24" s="98">
         <v>1740880</v>
       </c>
-      <c r="G24" s="99">
+      <c r="G24" s="98">
         <f t="shared" si="4"/>
         <v>1740.88</v>
       </c>
-      <c r="H24" s="99"/>
-      <c r="I24" s="101">
+      <c r="H24" s="98"/>
+      <c r="I24" s="100">
         <f t="shared" si="6"/>
         <v>2169228.6</v>
       </c>
-      <c r="J24" s="99"/>
-[...4 lines deleted...]
-      <c r="O24" s="101"/>
+      <c r="J24" s="98"/>
+      <c r="K24" s="99"/>
+      <c r="L24" s="98"/>
+      <c r="M24" s="98"/>
+      <c r="N24" s="98"/>
+      <c r="O24" s="100"/>
     </row>
     <row r="25" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="16">
         <f t="shared" si="1"/>
         <v>2016</v>
       </c>
-      <c r="B25" s="102" t="s">
+      <c r="B25" s="101" t="s">
         <v>44</v>
       </c>
-      <c r="C25" s="103">
+      <c r="C25" s="102">
         <f t="shared" si="2"/>
         <v>4617932.4449999994</v>
       </c>
-      <c r="D25" s="99">
+      <c r="D25" s="98">
         <v>1212000</v>
       </c>
-      <c r="E25" s="100">
+      <c r="E25" s="99">
         <f t="shared" si="3"/>
         <v>4.2300000000000004</v>
       </c>
-      <c r="F25" s="99">
+      <c r="F25" s="98">
         <v>5126760</v>
       </c>
-      <c r="G25" s="99">
+      <c r="G25" s="98">
         <f t="shared" si="4"/>
         <v>5126.76</v>
       </c>
-      <c r="H25" s="99">
+      <c r="H25" s="98">
         <v>510548.94</v>
       </c>
-      <c r="I25" s="101">
+      <c r="I25" s="100">
         <f t="shared" si="6"/>
         <v>4611084.3</v>
       </c>
-      <c r="J25" s="99">
+      <c r="J25" s="98">
         <v>1500</v>
       </c>
-      <c r="K25" s="100">
+      <c r="K25" s="99">
         <f>L25/J25</f>
         <v>4.57</v>
       </c>
-      <c r="L25" s="99">
+      <c r="L25" s="98">
         <v>6855</v>
       </c>
-      <c r="M25" s="99">
+      <c r="M25" s="98">
         <f>L25*0.001</f>
         <v>6.8550000000000004</v>
       </c>
-      <c r="N25" s="99"/>
-      <c r="O25" s="101">
+      <c r="N25" s="98"/>
+      <c r="O25" s="100">
         <f>L25-M25-N25</f>
         <v>6848.1450000000004</v>
       </c>
     </row>
     <row r="26" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="16">
         <f t="shared" si="1"/>
         <v>2016</v>
       </c>
-      <c r="B26" s="102" t="s">
+      <c r="B26" s="101" t="s">
         <v>45</v>
       </c>
-      <c r="C26" s="103">
+      <c r="C26" s="102">
         <f t="shared" si="2"/>
         <v>6824808.3600000003</v>
       </c>
-      <c r="D26" s="99">
+      <c r="D26" s="98">
         <v>1212000</v>
       </c>
-      <c r="E26" s="100">
+      <c r="E26" s="99">
         <f t="shared" si="3"/>
         <v>5.6950000000000003</v>
       </c>
-      <c r="F26" s="99">
+      <c r="F26" s="98">
         <v>6902340</v>
       </c>
-      <c r="G26" s="99">
+      <c r="G26" s="98">
         <f t="shared" si="4"/>
         <v>6902.34</v>
       </c>
-      <c r="H26" s="99">
+      <c r="H26" s="98">
         <v>581178.24</v>
       </c>
-      <c r="I26" s="101">
+      <c r="I26" s="100">
         <f t="shared" si="6"/>
         <v>6824808.3600000003</v>
       </c>
-      <c r="J26" s="99"/>
-[...4 lines deleted...]
-      <c r="O26" s="101"/>
+      <c r="J26" s="98"/>
+      <c r="K26" s="99"/>
+      <c r="L26" s="98"/>
+      <c r="M26" s="98"/>
+      <c r="N26" s="98"/>
+      <c r="O26" s="100"/>
     </row>
     <row r="27" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="16">
         <f t="shared" si="1"/>
         <v>2016</v>
       </c>
-      <c r="B27" s="102" t="s">
+      <c r="B27" s="101" t="s">
         <v>46</v>
       </c>
-      <c r="C27" s="103">
+      <c r="C27" s="102">
         <f t="shared" si="2"/>
         <v>6903729.3600000003</v>
       </c>
-      <c r="D27" s="99">
+      <c r="D27" s="98">
         <v>1212000</v>
       </c>
-      <c r="E27" s="100">
+      <c r="E27" s="99">
         <f t="shared" si="3"/>
         <v>5.5883333333333329</v>
       </c>
-      <c r="F27" s="99">
+      <c r="F27" s="98">
         <v>6773060</v>
       </c>
-      <c r="G27" s="99">
+      <c r="G27" s="98">
         <f t="shared" si="4"/>
         <v>6773.06</v>
       </c>
-      <c r="H27" s="99">
+      <c r="H27" s="98">
         <v>460099.44</v>
       </c>
-      <c r="I27" s="101">
+      <c r="I27" s="100">
         <f t="shared" si="6"/>
         <v>6887365.7400000002</v>
       </c>
-      <c r="J27" s="99">
+      <c r="J27" s="98">
         <v>3000</v>
       </c>
-      <c r="K27" s="100">
+      <c r="K27" s="99">
         <f>L27/J27</f>
         <v>5.46</v>
       </c>
-      <c r="L27" s="99">
+      <c r="L27" s="98">
         <v>16380</v>
       </c>
-      <c r="M27" s="99">
+      <c r="M27" s="98">
         <f>L27*0.001</f>
         <v>16.38</v>
       </c>
-      <c r="N27" s="99"/>
-      <c r="O27" s="101">
+      <c r="N27" s="98"/>
+      <c r="O27" s="100">
         <f>L27-M27-N27</f>
         <v>16363.62</v>
       </c>
     </row>
     <row r="28" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="16">
         <f t="shared" si="1"/>
         <v>2016</v>
       </c>
-      <c r="B28" s="104" t="s">
+      <c r="B28" s="103" t="s">
         <v>47</v>
       </c>
-      <c r="C28" s="105">
+      <c r="C28" s="104">
         <f t="shared" si="2"/>
         <v>3721005.27</v>
       </c>
       <c r="D28" s="26">
         <v>725500</v>
       </c>
-      <c r="E28" s="106">
+      <c r="E28" s="105">
         <f t="shared" si="3"/>
         <v>4.4992005513439004</v>
       </c>
       <c r="F28" s="26">
         <v>3264170</v>
       </c>
       <c r="G28" s="26">
         <f t="shared" si="4"/>
         <v>3264.17</v>
       </c>
       <c r="H28" s="26"/>
-      <c r="I28" s="107">
+      <c r="I28" s="106">
         <f t="shared" si="6"/>
         <v>3721005.27</v>
       </c>
       <c r="J28" s="26"/>
-      <c r="K28" s="106"/>
+      <c r="K28" s="105"/>
       <c r="L28" s="26"/>
       <c r="M28" s="26"/>
       <c r="N28" s="26"/>
-      <c r="O28" s="107"/>
+      <c r="O28" s="106"/>
     </row>
     <row r="29" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="16">
         <f t="shared" si="1"/>
         <v>2017</v>
       </c>
-      <c r="B29" s="102" t="s">
+      <c r="B29" s="101" t="s">
         <v>48</v>
       </c>
-      <c r="C29" s="98">
+      <c r="C29" s="97">
         <f t="shared" si="2"/>
         <v>5289305.4000000004</v>
       </c>
-      <c r="D29" s="99">
+      <c r="D29" s="98">
         <v>1265000</v>
       </c>
-      <c r="E29" s="100">
+      <c r="E29" s="99">
         <f t="shared" si="3"/>
         <v>5.1118181818181823</v>
       </c>
-      <c r="F29" s="99">
+      <c r="F29" s="98">
         <v>6466450</v>
       </c>
-      <c r="G29" s="99">
+      <c r="G29" s="98">
         <f t="shared" si="4"/>
         <v>6466.45</v>
       </c>
-      <c r="H29" s="99">
+      <c r="H29" s="98">
         <v>1170678.1499999999</v>
       </c>
-      <c r="I29" s="101">
+      <c r="I29" s="100">
         <f>F29-G29-H29</f>
         <v>5289305.4000000004</v>
       </c>
-      <c r="J29" s="99"/>
-[...4 lines deleted...]
-      <c r="O29" s="101"/>
+      <c r="J29" s="98"/>
+      <c r="K29" s="99"/>
+      <c r="L29" s="98"/>
+      <c r="M29" s="98"/>
+      <c r="N29" s="98"/>
+      <c r="O29" s="100"/>
     </row>
     <row r="30" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="16">
         <f t="shared" si="1"/>
         <v>2017</v>
       </c>
-      <c r="B30" s="102" t="s">
+      <c r="B30" s="101" t="s">
         <v>49</v>
       </c>
-      <c r="C30" s="103">
+      <c r="C30" s="102">
         <f t="shared" si="2"/>
         <v>7022920.0500000007</v>
       </c>
-      <c r="D30" s="99">
+      <c r="D30" s="98">
         <v>1380000</v>
       </c>
-      <c r="E30" s="100">
+      <c r="E30" s="99">
         <f t="shared" si="3"/>
         <v>5.1141666666666667</v>
       </c>
-      <c r="F30" s="99">
+      <c r="F30" s="98">
         <v>7057550</v>
       </c>
-      <c r="G30" s="99">
+      <c r="G30" s="98">
         <f t="shared" si="4"/>
         <v>7057.55</v>
       </c>
-      <c r="H30" s="99">
+      <c r="H30" s="98">
         <v>1198250.55</v>
       </c>
-      <c r="I30" s="101">
+      <c r="I30" s="100">
         <f t="shared" ref="I30:I40" si="7">F30-G30-H30+H29</f>
         <v>7022920.0500000007</v>
       </c>
-      <c r="J30" s="99"/>
-[...4 lines deleted...]
-      <c r="O30" s="101"/>
+      <c r="J30" s="98"/>
+      <c r="K30" s="99"/>
+      <c r="L30" s="98"/>
+      <c r="M30" s="98"/>
+      <c r="N30" s="98"/>
+      <c r="O30" s="100"/>
     </row>
     <row r="31" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="16">
         <f t="shared" si="1"/>
         <v>2017</v>
       </c>
-      <c r="B31" s="102" t="s">
+      <c r="B31" s="101" t="s">
         <v>50</v>
       </c>
-      <c r="C31" s="103">
+      <c r="C31" s="102">
         <f t="shared" si="2"/>
         <v>8252189.5499999998</v>
       </c>
-      <c r="D31" s="99">
+      <c r="D31" s="98">
         <v>1495000</v>
       </c>
-      <c r="E31" s="100">
+      <c r="E31" s="99">
         <f t="shared" si="3"/>
         <v>5.0792307692307697</v>
       </c>
-      <c r="F31" s="99">
+      <c r="F31" s="98">
         <v>7593450</v>
       </c>
-      <c r="G31" s="99">
+      <c r="G31" s="98">
         <f t="shared" si="4"/>
         <v>7593.45</v>
       </c>
-      <c r="H31" s="99">
+      <c r="H31" s="98">
         <v>531917.55000000005</v>
       </c>
-      <c r="I31" s="101">
+      <c r="I31" s="100">
         <f t="shared" si="7"/>
         <v>8252189.5499999998</v>
       </c>
-      <c r="J31" s="99"/>
-[...4 lines deleted...]
-      <c r="O31" s="101"/>
+      <c r="J31" s="98"/>
+      <c r="K31" s="99"/>
+      <c r="L31" s="98"/>
+      <c r="M31" s="98"/>
+      <c r="N31" s="98"/>
+      <c r="O31" s="100"/>
     </row>
     <row r="32" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="16">
         <f t="shared" si="1"/>
         <v>2017</v>
       </c>
-      <c r="B32" s="102" t="s">
+      <c r="B32" s="101" t="s">
         <v>51</v>
       </c>
-      <c r="C32" s="103">
+      <c r="C32" s="102">
         <f t="shared" si="2"/>
         <v>6024569.3999999994</v>
       </c>
-      <c r="D32" s="99">
+      <c r="D32" s="98">
         <v>1265000</v>
       </c>
-      <c r="E32" s="100">
+      <c r="E32" s="99">
         <f t="shared" si="3"/>
         <v>4.7618181818181817</v>
       </c>
-      <c r="F32" s="99">
+      <c r="F32" s="98">
         <v>6023700</v>
       </c>
-      <c r="G32" s="99">
+      <c r="G32" s="98">
         <f t="shared" si="4"/>
         <v>6023.7</v>
       </c>
-      <c r="H32" s="99">
+      <c r="H32" s="98">
         <v>525024.44999999995</v>
       </c>
-      <c r="I32" s="101">
+      <c r="I32" s="100">
         <f t="shared" si="7"/>
         <v>6024569.3999999994</v>
       </c>
-      <c r="J32" s="99"/>
-[...4 lines deleted...]
-      <c r="O32" s="101"/>
+      <c r="J32" s="98"/>
+      <c r="K32" s="99"/>
+      <c r="L32" s="98"/>
+      <c r="M32" s="98"/>
+      <c r="N32" s="98"/>
+      <c r="O32" s="100"/>
     </row>
     <row r="33" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="16">
         <f t="shared" si="1"/>
         <v>2017</v>
       </c>
-      <c r="B33" s="102" t="s">
+      <c r="B33" s="101" t="s">
         <v>52</v>
       </c>
-      <c r="C33" s="103">
+      <c r="C33" s="102">
         <f t="shared" si="2"/>
         <v>5730463.7999999998</v>
       </c>
-      <c r="D33" s="99">
+      <c r="D33" s="98">
         <v>1265000</v>
       </c>
-      <c r="E33" s="100">
+      <c r="E33" s="99">
         <f t="shared" si="3"/>
         <v>4.582727272727273</v>
       </c>
-      <c r="F33" s="99">
+      <c r="F33" s="98">
         <v>5797150</v>
       </c>
-      <c r="G33" s="99">
+      <c r="G33" s="98">
         <f t="shared" si="4"/>
         <v>5797.1500000000005</v>
       </c>
-      <c r="H33" s="99">
+      <c r="H33" s="98">
         <v>585913.5</v>
       </c>
-      <c r="I33" s="101">
+      <c r="I33" s="100">
         <f t="shared" si="7"/>
         <v>5730463.7999999998</v>
       </c>
-      <c r="J33" s="99"/>
-[...4 lines deleted...]
-      <c r="O33" s="101"/>
+      <c r="J33" s="98"/>
+      <c r="K33" s="99"/>
+      <c r="L33" s="98"/>
+      <c r="M33" s="98"/>
+      <c r="N33" s="98"/>
+      <c r="O33" s="100"/>
     </row>
     <row r="34" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="16">
         <f t="shared" si="1"/>
         <v>2017</v>
       </c>
-      <c r="B34" s="102" t="s">
+      <c r="B34" s="101" t="s">
         <v>53</v>
       </c>
-      <c r="C34" s="103">
+      <c r="C34" s="102">
         <f t="shared" si="2"/>
         <v>6269274.4500000002</v>
       </c>
-      <c r="D34" s="99">
+      <c r="D34" s="98">
         <v>1265000</v>
       </c>
-      <c r="E34" s="100">
+      <c r="E34" s="99">
         <f t="shared" si="3"/>
         <v>4.9563636363636361</v>
       </c>
-      <c r="F34" s="99">
+      <c r="F34" s="98">
         <v>6269800</v>
       </c>
-      <c r="G34" s="99">
+      <c r="G34" s="98">
         <f t="shared" si="4"/>
         <v>6269.8</v>
       </c>
-      <c r="H34" s="99">
+      <c r="H34" s="98">
         <v>580169.25</v>
       </c>
-      <c r="I34" s="101">
+      <c r="I34" s="100">
         <f t="shared" si="7"/>
         <v>6269274.4500000002</v>
       </c>
-      <c r="J34" s="99"/>
-[...4 lines deleted...]
-      <c r="O34" s="101"/>
+      <c r="J34" s="98"/>
+      <c r="K34" s="99"/>
+      <c r="L34" s="98"/>
+      <c r="M34" s="98"/>
+      <c r="N34" s="98"/>
+      <c r="O34" s="100"/>
     </row>
     <row r="35" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="16">
         <f t="shared" si="1"/>
         <v>2017</v>
       </c>
-      <c r="B35" s="102" t="s">
+      <c r="B35" s="101" t="s">
         <v>54</v>
       </c>
-      <c r="C35" s="103">
+      <c r="C35" s="102">
         <f t="shared" si="2"/>
         <v>7819073.1000000006</v>
       </c>
-      <c r="D35" s="99">
+      <c r="D35" s="98">
         <v>1495000</v>
       </c>
-      <c r="E35" s="100">
+      <c r="E35" s="99">
         <f t="shared" si="3"/>
         <v>5.2492307692307696</v>
       </c>
-      <c r="F35" s="99">
+      <c r="F35" s="98">
         <v>7847600</v>
       </c>
-      <c r="G35" s="99">
+      <c r="G35" s="98">
         <f t="shared" si="4"/>
         <v>7847.6</v>
       </c>
-      <c r="H35" s="99">
+      <c r="H35" s="98">
         <v>600848.55000000005</v>
       </c>
-      <c r="I35" s="101">
+      <c r="I35" s="100">
         <f t="shared" si="7"/>
         <v>7819073.1000000006</v>
       </c>
-      <c r="J35" s="99"/>
-[...4 lines deleted...]
-      <c r="O35" s="101"/>
+      <c r="J35" s="98"/>
+      <c r="K35" s="99"/>
+      <c r="L35" s="98"/>
+      <c r="M35" s="98"/>
+      <c r="N35" s="98"/>
+      <c r="O35" s="100"/>
     </row>
     <row r="36" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="16">
         <f t="shared" si="1"/>
         <v>2017</v>
       </c>
-      <c r="B36" s="102" t="s">
+      <c r="B36" s="101" t="s">
         <v>55</v>
       </c>
-      <c r="C36" s="103">
+      <c r="C36" s="102">
         <f t="shared" si="2"/>
         <v>4150795.05</v>
       </c>
-      <c r="D36" s="99">
+      <c r="D36" s="98">
         <v>690000</v>
       </c>
-      <c r="E36" s="100">
+      <c r="E36" s="99">
         <f t="shared" si="3"/>
         <v>5.6425000000000001</v>
       </c>
-      <c r="F36" s="99">
+      <c r="F36" s="98">
         <v>3893325</v>
       </c>
-      <c r="G36" s="99">
+      <c r="G36" s="98">
         <f t="shared" si="4"/>
         <v>3893.3250000000003</v>
       </c>
-      <c r="H36" s="99">
+      <c r="H36" s="98">
         <v>339485.17499999999</v>
       </c>
-      <c r="I36" s="101">
+      <c r="I36" s="100">
         <f t="shared" si="7"/>
         <v>4150795.05</v>
       </c>
-      <c r="J36" s="99"/>
-[...4 lines deleted...]
-      <c r="O36" s="101"/>
+      <c r="J36" s="98"/>
+      <c r="K36" s="99"/>
+      <c r="L36" s="98"/>
+      <c r="M36" s="98"/>
+      <c r="N36" s="98"/>
+      <c r="O36" s="100"/>
     </row>
     <row r="37" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="16">
         <f t="shared" ref="A37:A68" si="8">YEAR(B37)</f>
         <v>2017</v>
       </c>
-      <c r="B37" s="102" t="s">
+      <c r="B37" s="101" t="s">
         <v>56</v>
       </c>
-      <c r="C37" s="103">
+      <c r="C37" s="102">
         <f t="shared" ref="C37:C64" si="9">I37+O37</f>
         <v>8845175.9699999988</v>
       </c>
-      <c r="D37" s="99">
+      <c r="D37" s="98">
         <v>1380000</v>
       </c>
-      <c r="E37" s="100">
+      <c r="E37" s="99">
         <f t="shared" ref="E37:E68" si="10">F37/D37</f>
         <v>6.7267246376811594</v>
       </c>
-      <c r="F37" s="99">
+      <c r="F37" s="98">
         <v>9282880</v>
       </c>
-      <c r="G37" s="99">
+      <c r="G37" s="98">
         <f t="shared" ref="G37:G68" si="11">F37*0.001</f>
         <v>9282.880000000001</v>
       </c>
-      <c r="H37" s="99">
+      <c r="H37" s="98">
         <v>784664.55</v>
       </c>
-      <c r="I37" s="101">
+      <c r="I37" s="100">
         <f t="shared" si="7"/>
         <v>8828417.7449999992</v>
       </c>
-      <c r="J37" s="99">
+      <c r="J37" s="98">
         <v>2500</v>
       </c>
-      <c r="K37" s="100">
+      <c r="K37" s="99">
         <f>L37/J37</f>
         <v>6.71</v>
       </c>
-      <c r="L37" s="99">
+      <c r="L37" s="98">
         <v>16775</v>
       </c>
-      <c r="M37" s="99">
+      <c r="M37" s="98">
         <f>L37*0.001</f>
         <v>16.774999999999999</v>
       </c>
-      <c r="N37" s="99"/>
-      <c r="O37" s="101">
+      <c r="N37" s="98"/>
+      <c r="O37" s="100">
         <f>L37-M37-N37</f>
         <v>16758.224999999999</v>
       </c>
     </row>
     <row r="38" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="16">
         <f t="shared" si="8"/>
         <v>2017</v>
       </c>
-      <c r="B38" s="102" t="s">
+      <c r="B38" s="101" t="s">
         <v>57</v>
       </c>
-      <c r="C38" s="103">
+      <c r="C38" s="102">
         <f t="shared" si="9"/>
         <v>9985754.2500000019</v>
       </c>
-      <c r="D38" s="99">
+      <c r="D38" s="98">
         <v>1495000</v>
       </c>
-      <c r="E38" s="100">
+      <c r="E38" s="99">
         <f t="shared" si="10"/>
         <v>7.2484615384615383</v>
       </c>
-      <c r="F38" s="99">
+      <c r="F38" s="98">
         <v>10836450</v>
       </c>
-      <c r="G38" s="99">
+      <c r="G38" s="98">
         <f t="shared" si="11"/>
         <v>10836.45</v>
       </c>
-      <c r="H38" s="99">
+      <c r="H38" s="98">
         <v>1642855.5</v>
       </c>
-      <c r="I38" s="101">
+      <c r="I38" s="100">
         <f t="shared" si="7"/>
         <v>9967422.6000000015</v>
       </c>
-      <c r="J38" s="99">
+      <c r="J38" s="98">
         <v>2500</v>
       </c>
-      <c r="K38" s="100">
+      <c r="K38" s="99">
         <f>L38/J38</f>
         <v>7.34</v>
       </c>
-      <c r="L38" s="99">
+      <c r="L38" s="98">
         <v>18350</v>
       </c>
-      <c r="M38" s="99">
+      <c r="M38" s="98">
         <f>L38*0.001</f>
         <v>18.350000000000001</v>
       </c>
-      <c r="N38" s="99"/>
-      <c r="O38" s="101">
+      <c r="N38" s="98"/>
+      <c r="O38" s="100">
         <f>L38-M38-N38+N37</f>
         <v>18331.650000000001</v>
       </c>
     </row>
     <row r="39" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="16">
         <f t="shared" si="8"/>
         <v>2017</v>
       </c>
-      <c r="B39" s="102" t="s">
+      <c r="B39" s="101" t="s">
         <v>58</v>
       </c>
-      <c r="C39" s="103">
+      <c r="C39" s="102">
         <f t="shared" si="9"/>
         <v>12095322.57</v>
       </c>
-      <c r="D39" s="99">
+      <c r="D39" s="98">
         <v>1495000</v>
       </c>
-      <c r="E39" s="100">
+      <c r="E39" s="99">
         <f t="shared" si="10"/>
         <v>7.5684615384615386</v>
       </c>
-      <c r="F39" s="99">
+      <c r="F39" s="98">
         <v>11314850</v>
       </c>
-      <c r="G39" s="99">
+      <c r="G39" s="98">
         <f t="shared" si="11"/>
         <v>11314.85</v>
       </c>
-      <c r="H39" s="99">
+      <c r="H39" s="98">
         <v>873126</v>
       </c>
-      <c r="I39" s="101">
+      <c r="I39" s="100">
         <f t="shared" si="7"/>
         <v>12073264.65</v>
       </c>
-      <c r="J39" s="99">
+      <c r="J39" s="98">
         <v>3000</v>
       </c>
-      <c r="K39" s="100">
+      <c r="K39" s="99">
         <f>L39/J39</f>
         <v>7.36</v>
       </c>
-      <c r="L39" s="99">
+      <c r="L39" s="98">
         <v>22080</v>
       </c>
-      <c r="M39" s="99">
+      <c r="M39" s="98">
         <f>L39*0.001</f>
         <v>22.080000000000002</v>
       </c>
-      <c r="N39" s="99"/>
-      <c r="O39" s="101">
+      <c r="N39" s="98"/>
+      <c r="O39" s="100">
         <f>L39-M39-N39</f>
         <v>22057.919999999998</v>
       </c>
     </row>
     <row r="40" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="16">
         <f t="shared" si="8"/>
         <v>2017</v>
       </c>
-      <c r="B40" s="104" t="s">
+      <c r="B40" s="103" t="s">
         <v>59</v>
       </c>
-      <c r="C40" s="105">
+      <c r="C40" s="104">
         <f t="shared" si="9"/>
         <v>5492561.9400000004</v>
       </c>
       <c r="D40" s="26">
         <v>631000</v>
       </c>
-      <c r="E40" s="106">
+      <c r="E40" s="105">
         <f t="shared" si="10"/>
         <v>7.3281458003169568</v>
       </c>
       <c r="F40" s="26">
         <v>4624060</v>
       </c>
       <c r="G40" s="26">
         <f t="shared" si="11"/>
         <v>4624.0600000000004</v>
       </c>
       <c r="H40" s="26"/>
-      <c r="I40" s="107">
+      <c r="I40" s="106">
         <f t="shared" si="7"/>
         <v>5492561.9400000004</v>
       </c>
       <c r="J40" s="26"/>
-      <c r="K40" s="106"/>
+      <c r="K40" s="105"/>
       <c r="L40" s="26"/>
       <c r="M40" s="26"/>
       <c r="N40" s="26"/>
-      <c r="O40" s="107"/>
+      <c r="O40" s="106"/>
     </row>
     <row r="41" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="16">
         <f t="shared" si="8"/>
         <v>2018</v>
       </c>
-      <c r="B41" s="102" t="s">
+      <c r="B41" s="101" t="s">
         <v>60</v>
       </c>
-      <c r="C41" s="98">
+      <c r="C41" s="97">
         <f t="shared" si="9"/>
         <v>9259726.0050000008</v>
       </c>
-      <c r="D41" s="99">
+      <c r="D41" s="98">
         <v>1226500</v>
       </c>
-      <c r="E41" s="100">
+      <c r="E41" s="99">
         <f t="shared" si="10"/>
         <v>8.3627272727272732</v>
       </c>
-      <c r="F41" s="99">
+      <c r="F41" s="98">
         <v>10256885</v>
       </c>
-      <c r="G41" s="99">
+      <c r="G41" s="98">
         <f t="shared" si="11"/>
         <v>10256.885</v>
       </c>
-      <c r="H41" s="99">
+      <c r="H41" s="98">
         <v>986902.11</v>
       </c>
-      <c r="I41" s="101">
+      <c r="I41" s="100">
         <f>F41-G41-H41</f>
         <v>9259726.0050000008</v>
       </c>
-      <c r="J41" s="99"/>
-[...4 lines deleted...]
-      <c r="O41" s="101"/>
+      <c r="J41" s="98"/>
+      <c r="K41" s="99"/>
+      <c r="L41" s="98"/>
+      <c r="M41" s="98"/>
+      <c r="N41" s="98"/>
+      <c r="O41" s="100"/>
     </row>
     <row r="42" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="16">
         <f t="shared" si="8"/>
         <v>2018</v>
       </c>
-      <c r="B42" s="102" t="s">
+      <c r="B42" s="101" t="s">
         <v>61</v>
       </c>
-      <c r="C42" s="103">
+      <c r="C42" s="102">
         <f t="shared" si="9"/>
         <v>12398653.934999999</v>
       </c>
-      <c r="D42" s="99">
+      <c r="D42" s="98">
         <v>1338000</v>
       </c>
-      <c r="E42" s="100">
+      <c r="E42" s="99">
         <f t="shared" si="10"/>
         <v>9.3324999999999996</v>
       </c>
-      <c r="F42" s="99">
+      <c r="F42" s="98">
         <v>12486885</v>
       </c>
-      <c r="G42" s="99">
+      <c r="G42" s="98">
         <f t="shared" si="11"/>
         <v>12486.885</v>
       </c>
-      <c r="H42" s="99">
+      <c r="H42" s="98">
         <v>1062646.29</v>
       </c>
-      <c r="I42" s="101">
+      <c r="I42" s="100">
         <f t="shared" ref="I42:I52" si="12">F42-G42-H42+H41</f>
         <v>12398653.934999999</v>
       </c>
-      <c r="J42" s="99"/>
-[...4 lines deleted...]
-      <c r="O42" s="101"/>
+      <c r="J42" s="98"/>
+      <c r="K42" s="99"/>
+      <c r="L42" s="98"/>
+      <c r="M42" s="98"/>
+      <c r="N42" s="98"/>
+      <c r="O42" s="100"/>
     </row>
     <row r="43" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A43" s="16">
         <f t="shared" si="8"/>
         <v>2018</v>
       </c>
-      <c r="B43" s="102" t="s">
+      <c r="B43" s="101" t="s">
         <v>62</v>
       </c>
-      <c r="C43" s="103">
+      <c r="C43" s="102">
         <f t="shared" si="9"/>
         <v>16121257.605</v>
       </c>
-      <c r="D43" s="99">
+      <c r="D43" s="98">
         <v>1338000</v>
       </c>
-      <c r="E43" s="100">
+      <c r="E43" s="99">
         <f t="shared" si="10"/>
         <v>11.265833333333333</v>
       </c>
-      <c r="F43" s="99">
+      <c r="F43" s="98">
         <v>15073685</v>
       </c>
-      <c r="G43" s="99">
+      <c r="G43" s="98">
         <f t="shared" si="11"/>
         <v>15073.684999999999</v>
       </c>
-      <c r="H43" s="99"/>
-      <c r="I43" s="101">
+      <c r="H43" s="98"/>
+      <c r="I43" s="100">
         <f t="shared" si="12"/>
         <v>16121257.605</v>
       </c>
-      <c r="J43" s="99"/>
-[...4 lines deleted...]
-      <c r="O43" s="101"/>
+      <c r="J43" s="98"/>
+      <c r="K43" s="99"/>
+      <c r="L43" s="98"/>
+      <c r="M43" s="98"/>
+      <c r="N43" s="98"/>
+      <c r="O43" s="100"/>
     </row>
     <row r="44" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A44" s="16">
         <f t="shared" si="8"/>
         <v>2018</v>
       </c>
-      <c r="B44" s="102" t="s">
+      <c r="B44" s="101" t="s">
         <v>63</v>
       </c>
-      <c r="C44" s="103">
+      <c r="C44" s="102">
         <f t="shared" si="9"/>
         <v>17619612.75</v>
       </c>
-      <c r="D44" s="99">
+      <c r="D44" s="98">
         <v>1449500</v>
       </c>
-      <c r="E44" s="100">
+      <c r="E44" s="99">
         <f t="shared" si="10"/>
         <v>13.194739565367367</v>
       </c>
-      <c r="F44" s="99">
+      <c r="F44" s="98">
         <v>19125775</v>
       </c>
-      <c r="G44" s="99">
+      <c r="G44" s="98">
         <f t="shared" si="11"/>
         <v>19125.775000000001</v>
       </c>
-      <c r="H44" s="99">
+      <c r="H44" s="98">
         <v>1487036.4750000001</v>
       </c>
-      <c r="I44" s="101">
+      <c r="I44" s="100">
         <f t="shared" si="12"/>
         <v>17619612.75</v>
       </c>
-      <c r="J44" s="99"/>
-[...4 lines deleted...]
-      <c r="O44" s="101"/>
+      <c r="J44" s="98"/>
+      <c r="K44" s="99"/>
+      <c r="L44" s="98"/>
+      <c r="M44" s="98"/>
+      <c r="N44" s="98"/>
+      <c r="O44" s="100"/>
     </row>
     <row r="45" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="16">
         <f t="shared" si="8"/>
         <v>2018</v>
       </c>
-      <c r="B45" s="102" t="s">
+      <c r="B45" s="101" t="s">
         <v>64</v>
       </c>
-      <c r="C45" s="103">
+      <c r="C45" s="102">
         <f t="shared" si="9"/>
         <v>14735909.34</v>
       </c>
-      <c r="D45" s="99">
+      <c r="D45" s="98">
         <v>1003500</v>
       </c>
-      <c r="E45" s="100">
+      <c r="E45" s="99">
         <f t="shared" si="10"/>
         <v>14.887777777777778</v>
       </c>
-      <c r="F45" s="99">
+      <c r="F45" s="98">
         <v>14939885</v>
       </c>
-      <c r="G45" s="99">
+      <c r="G45" s="98">
         <f t="shared" si="11"/>
         <v>14939.885</v>
       </c>
-      <c r="H45" s="99">
+      <c r="H45" s="98">
         <v>1715382.9</v>
       </c>
-      <c r="I45" s="101">
+      <c r="I45" s="100">
         <f t="shared" si="12"/>
         <v>14696598.689999999</v>
       </c>
-      <c r="J45" s="99">
+      <c r="J45" s="98">
         <v>2500</v>
       </c>
-      <c r="K45" s="100">
+      <c r="K45" s="99">
         <f>L45/J45</f>
         <v>15.74</v>
       </c>
-      <c r="L45" s="99">
+      <c r="L45" s="98">
         <v>39350</v>
       </c>
-      <c r="M45" s="99">
+      <c r="M45" s="98">
         <f>L45*0.001</f>
         <v>39.35</v>
       </c>
-      <c r="N45" s="99"/>
-      <c r="O45" s="101">
+      <c r="N45" s="98"/>
+      <c r="O45" s="100">
         <f>L45-M45-N45</f>
         <v>39310.65</v>
       </c>
     </row>
     <row r="46" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="16">
         <f t="shared" si="8"/>
         <v>2018</v>
       </c>
-      <c r="B46" s="102" t="s">
+      <c r="B46" s="101" t="s">
         <v>65</v>
       </c>
-      <c r="C46" s="103">
+      <c r="C46" s="102">
         <f t="shared" si="9"/>
         <v>20311692.975000001</v>
       </c>
-      <c r="D46" s="99">
+      <c r="D46" s="98">
         <v>1338000</v>
       </c>
-      <c r="E46" s="100">
+      <c r="E46" s="99">
         <f t="shared" si="10"/>
         <v>15.180833333333334</v>
       </c>
-      <c r="F46" s="99">
+      <c r="F46" s="98">
         <v>20311955</v>
       </c>
-      <c r="G46" s="99">
+      <c r="G46" s="98">
         <f t="shared" si="11"/>
         <v>20311.955000000002</v>
       </c>
-      <c r="H46" s="99">
+      <c r="H46" s="98">
         <v>1695332.97</v>
       </c>
-      <c r="I46" s="101">
+      <c r="I46" s="100">
         <f t="shared" si="12"/>
         <v>20311692.975000001</v>
       </c>
-      <c r="J46" s="99"/>
-[...4 lines deleted...]
-      <c r="O46" s="101"/>
+      <c r="J46" s="98"/>
+      <c r="K46" s="99"/>
+      <c r="L46" s="98"/>
+      <c r="M46" s="98"/>
+      <c r="N46" s="98"/>
+      <c r="O46" s="100"/>
     </row>
     <row r="47" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A47" s="16">
         <f t="shared" si="8"/>
         <v>2018</v>
       </c>
-      <c r="B47" s="102" t="s">
+      <c r="B47" s="101" t="s">
         <v>66</v>
       </c>
-      <c r="C47" s="103">
+      <c r="C47" s="102">
         <f t="shared" si="9"/>
         <v>23325750.900000002</v>
       </c>
-      <c r="D47" s="99">
+      <c r="D47" s="98">
         <v>1561000</v>
       </c>
-      <c r="E47" s="100">
+      <c r="E47" s="99">
         <f t="shared" si="10"/>
         <v>16.257142857142856</v>
       </c>
-      <c r="F47" s="99">
+      <c r="F47" s="98">
         <v>25377400</v>
       </c>
-      <c r="G47" s="99">
+      <c r="G47" s="98">
         <f t="shared" si="11"/>
         <v>25377.4</v>
       </c>
-      <c r="H47" s="99">
+      <c r="H47" s="98">
         <v>3761589.645</v>
       </c>
-      <c r="I47" s="101">
+      <c r="I47" s="100">
         <f t="shared" si="12"/>
         <v>23285765.925000001</v>
       </c>
-      <c r="J47" s="99">
+      <c r="J47" s="98">
         <v>2499.9999999999995</v>
       </c>
-      <c r="K47" s="100">
+      <c r="K47" s="99">
         <f>L47/J47</f>
         <v>16.010000000000002</v>
       </c>
-      <c r="L47" s="99">
+      <c r="L47" s="98">
         <v>40025</v>
       </c>
-      <c r="M47" s="99">
+      <c r="M47" s="98">
         <f>L47*0.001</f>
         <v>40.024999999999999</v>
       </c>
-      <c r="N47" s="99"/>
-      <c r="O47" s="101">
+      <c r="N47" s="98"/>
+      <c r="O47" s="100">
         <f>L47-M47-N47</f>
         <v>39984.974999999999</v>
       </c>
     </row>
     <row r="48" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="16">
         <f t="shared" si="8"/>
         <v>2018</v>
       </c>
-      <c r="B48" s="102" t="s">
+      <c r="B48" s="101" t="s">
         <v>67</v>
       </c>
-      <c r="C48" s="103">
+      <c r="C48" s="102">
         <f t="shared" si="9"/>
         <v>14871468.645</v>
       </c>
-      <c r="D48" s="99">
+      <c r="D48" s="98">
         <v>660000</v>
       </c>
-      <c r="E48" s="100">
+      <c r="E48" s="99">
         <f t="shared" si="10"/>
         <v>18.607500000000002</v>
       </c>
-      <c r="F48" s="99">
+      <c r="F48" s="98">
         <v>12280950</v>
       </c>
-      <c r="G48" s="99">
+      <c r="G48" s="98">
         <f t="shared" si="11"/>
         <v>12280.95</v>
       </c>
-      <c r="H48" s="99">
+      <c r="H48" s="98">
         <v>1158790.05</v>
       </c>
-      <c r="I48" s="101">
+      <c r="I48" s="100">
         <f t="shared" si="12"/>
         <v>14871468.645</v>
       </c>
-      <c r="J48" s="99"/>
-[...4 lines deleted...]
-      <c r="O48" s="101"/>
+      <c r="J48" s="98"/>
+      <c r="K48" s="99"/>
+      <c r="L48" s="98"/>
+      <c r="M48" s="98"/>
+      <c r="N48" s="98"/>
+      <c r="O48" s="100"/>
     </row>
     <row r="49" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A49" s="16">
         <f t="shared" si="8"/>
         <v>2018</v>
       </c>
-      <c r="B49" s="102" t="s">
+      <c r="B49" s="101" t="s">
         <v>68</v>
       </c>
-      <c r="C49" s="103">
+      <c r="C49" s="102">
         <f t="shared" si="9"/>
         <v>25644489.84</v>
       </c>
-      <c r="D49" s="99">
+      <c r="D49" s="98">
         <v>1226500</v>
       </c>
-      <c r="E49" s="100">
+      <c r="E49" s="99">
         <f t="shared" si="10"/>
         <v>21.741818181818182</v>
       </c>
-      <c r="F49" s="99">
+      <c r="F49" s="98">
         <v>26666340</v>
       </c>
-      <c r="G49" s="99">
+      <c r="G49" s="98">
         <f t="shared" si="11"/>
         <v>26666.34</v>
       </c>
-      <c r="H49" s="99">
+      <c r="H49" s="98">
         <v>2213289.4950000001</v>
       </c>
-      <c r="I49" s="101">
+      <c r="I49" s="100">
         <f t="shared" si="12"/>
         <v>25585174.215</v>
       </c>
-      <c r="J49" s="99">
+      <c r="J49" s="98">
         <v>2499.9999999999995</v>
       </c>
-      <c r="K49" s="100">
+      <c r="K49" s="99">
         <f>L49/J49</f>
         <v>23.75</v>
       </c>
-      <c r="L49" s="99">
+      <c r="L49" s="98">
         <v>59374.999999999993</v>
       </c>
-      <c r="M49" s="99">
+      <c r="M49" s="98">
         <f>L49*0.001</f>
         <v>59.374999999999993</v>
       </c>
-      <c r="N49" s="99"/>
-      <c r="O49" s="101">
+      <c r="N49" s="98"/>
+      <c r="O49" s="100">
         <f>L49-M49-N49</f>
         <v>59315.624999999993</v>
       </c>
     </row>
     <row r="50" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A50" s="16">
         <f t="shared" si="8"/>
         <v>2018</v>
       </c>
-      <c r="B50" s="102" t="s">
+      <c r="B50" s="101" t="s">
         <v>69</v>
       </c>
-      <c r="C50" s="103">
+      <c r="C50" s="102">
         <f t="shared" si="9"/>
         <v>30725403.84</v>
       </c>
-      <c r="D50" s="99">
+      <c r="D50" s="98">
         <v>1561000</v>
       </c>
-      <c r="E50" s="100">
+      <c r="E50" s="99">
         <f t="shared" si="10"/>
         <v>19.488571428571429</v>
       </c>
-      <c r="F50" s="99">
+      <c r="F50" s="98">
         <v>30421660</v>
       </c>
-      <c r="G50" s="99">
+      <c r="G50" s="98">
         <f t="shared" si="11"/>
         <v>30421.66</v>
       </c>
-      <c r="H50" s="99">
+      <c r="H50" s="98">
         <v>1879123.9950000001</v>
       </c>
-      <c r="I50" s="101">
+      <c r="I50" s="100">
         <f t="shared" si="12"/>
         <v>30725403.84</v>
       </c>
-      <c r="J50" s="99"/>
-[...4 lines deleted...]
-      <c r="O50" s="101"/>
+      <c r="J50" s="98"/>
+      <c r="K50" s="99"/>
+      <c r="L50" s="98"/>
+      <c r="M50" s="98"/>
+      <c r="N50" s="98"/>
+      <c r="O50" s="100"/>
     </row>
     <row r="51" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A51" s="16">
         <f t="shared" si="8"/>
         <v>2018</v>
       </c>
-      <c r="B51" s="102" t="s">
+      <c r="B51" s="101" t="s">
         <v>70</v>
       </c>
-      <c r="C51" s="103">
+      <c r="C51" s="102">
         <f t="shared" si="9"/>
         <v>26941596.434999999</v>
       </c>
-      <c r="D51" s="99">
+      <c r="D51" s="98">
         <v>1449500</v>
       </c>
-      <c r="E51" s="100">
+      <c r="E51" s="99">
         <f t="shared" si="10"/>
         <v>18.768461538461537</v>
       </c>
-      <c r="F51" s="99">
+      <c r="F51" s="98">
         <v>27204885</v>
       </c>
-      <c r="G51" s="99">
+      <c r="G51" s="98">
         <f t="shared" si="11"/>
         <v>27204.885000000002</v>
       </c>
-      <c r="H51" s="99">
+      <c r="H51" s="98">
         <v>2155367.4750000001</v>
       </c>
-      <c r="I51" s="101">
+      <c r="I51" s="100">
         <f t="shared" si="12"/>
         <v>26901436.634999998</v>
       </c>
-      <c r="J51" s="99">
+      <c r="J51" s="98">
         <v>2000</v>
       </c>
-      <c r="K51" s="100">
+      <c r="K51" s="99">
         <f>L51/J51</f>
         <v>20.100000000000001</v>
       </c>
-      <c r="L51" s="99">
+      <c r="L51" s="98">
         <v>40200</v>
       </c>
-      <c r="M51" s="99">
+      <c r="M51" s="98">
         <f>L51*0.001</f>
         <v>40.200000000000003</v>
       </c>
-      <c r="N51" s="99"/>
-      <c r="O51" s="101">
+      <c r="N51" s="98"/>
+      <c r="O51" s="100">
         <f>L51-M51-N51</f>
         <v>40159.800000000003</v>
       </c>
     </row>
     <row r="52" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A52" s="16">
         <f t="shared" si="8"/>
         <v>2018</v>
       </c>
-      <c r="B52" s="104" t="s">
+      <c r="B52" s="103" t="s">
         <v>71</v>
       </c>
-      <c r="C52" s="105">
+      <c r="C52" s="104">
         <f t="shared" si="9"/>
         <v>17737329.914999999</v>
       </c>
       <c r="D52" s="26">
         <v>755000</v>
       </c>
-      <c r="E52" s="106">
+      <c r="E52" s="105">
         <f t="shared" si="10"/>
         <v>20.65901986754967</v>
       </c>
       <c r="F52" s="26">
         <v>15597560</v>
       </c>
       <c r="G52" s="26">
         <f t="shared" si="11"/>
         <v>15597.56</v>
       </c>
       <c r="H52" s="26"/>
-      <c r="I52" s="107">
+      <c r="I52" s="106">
         <f t="shared" si="12"/>
         <v>17737329.914999999</v>
       </c>
       <c r="J52" s="26"/>
-      <c r="K52" s="106"/>
+      <c r="K52" s="105"/>
       <c r="L52" s="26"/>
       <c r="M52" s="26"/>
       <c r="N52" s="26"/>
-      <c r="O52" s="107"/>
+      <c r="O52" s="106"/>
     </row>
     <row r="53" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A53" s="16">
         <f t="shared" si="8"/>
         <v>2019</v>
       </c>
-      <c r="B53" s="102" t="s">
+      <c r="B53" s="101" t="s">
         <v>72</v>
       </c>
-      <c r="C53" s="98">
+      <c r="C53" s="97">
         <f t="shared" si="9"/>
         <v>18650735.595000003</v>
       </c>
-      <c r="D53" s="99">
+      <c r="D53" s="98">
         <v>882000</v>
       </c>
-      <c r="E53" s="100">
+      <c r="E53" s="99">
         <f t="shared" si="10"/>
         <v>22.986666666666668</v>
       </c>
-      <c r="F53" s="99">
+      <c r="F53" s="98">
         <v>20274240</v>
       </c>
-      <c r="G53" s="99">
+      <c r="G53" s="98">
         <f t="shared" si="11"/>
         <v>20274.240000000002</v>
       </c>
-      <c r="H53" s="99">
+      <c r="H53" s="98">
         <v>1637410.95</v>
       </c>
-      <c r="I53" s="101">
+      <c r="I53" s="100">
         <f>F53-G53-H53</f>
         <v>18616554.810000002</v>
       </c>
-      <c r="J53" s="99">
+      <c r="J53" s="98">
         <v>1500</v>
       </c>
-      <c r="K53" s="100">
+      <c r="K53" s="99">
         <f>L53/J53</f>
         <v>22.81</v>
       </c>
-      <c r="L53" s="99">
+      <c r="L53" s="98">
         <v>34215</v>
       </c>
-      <c r="M53" s="99">
+      <c r="M53" s="98">
         <f>L53*0.001</f>
         <v>34.215000000000003</v>
       </c>
-      <c r="N53" s="99"/>
-      <c r="O53" s="101">
+      <c r="N53" s="98"/>
+      <c r="O53" s="100">
         <f>L53-M53-N53</f>
         <v>34180.785000000003</v>
       </c>
     </row>
     <row r="54" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A54" s="16">
         <f t="shared" si="8"/>
         <v>2019</v>
       </c>
-      <c r="B54" s="102" t="s">
+      <c r="B54" s="101" t="s">
         <v>73</v>
       </c>
-      <c r="C54" s="103">
+      <c r="C54" s="102">
         <f t="shared" si="9"/>
         <v>18595261.124999996</v>
       </c>
-      <c r="D54" s="99">
+      <c r="D54" s="98">
         <v>882000</v>
       </c>
-      <c r="E54" s="100">
+      <c r="E54" s="99">
         <f t="shared" si="10"/>
         <v>20.987500000000001</v>
       </c>
-      <c r="F54" s="99">
+      <c r="F54" s="98">
         <v>18510975</v>
       </c>
-      <c r="G54" s="99">
+      <c r="G54" s="98">
         <f t="shared" si="11"/>
         <v>18510.975000000002</v>
       </c>
-      <c r="H54" s="99">
+      <c r="H54" s="98">
         <v>1534613.85</v>
       </c>
-      <c r="I54" s="101">
+      <c r="I54" s="100">
         <f t="shared" ref="I54:I64" si="13">F54-G54-H54+H53</f>
         <v>18595261.124999996</v>
       </c>
-      <c r="J54" s="99"/>
-[...4 lines deleted...]
-      <c r="O54" s="101"/>
+      <c r="J54" s="98"/>
+      <c r="K54" s="99"/>
+      <c r="L54" s="98"/>
+      <c r="M54" s="98"/>
+      <c r="N54" s="98"/>
+      <c r="O54" s="100"/>
     </row>
     <row r="55" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A55" s="16">
         <f t="shared" si="8"/>
         <v>2019</v>
       </c>
-      <c r="B55" s="102" t="s">
+      <c r="B55" s="101" t="s">
         <v>74</v>
       </c>
-      <c r="C55" s="103">
+      <c r="C55" s="102">
         <f t="shared" si="9"/>
         <v>19192847.940000005</v>
       </c>
-      <c r="D55" s="99">
+      <c r="D55" s="98">
         <v>882000</v>
       </c>
-      <c r="E55" s="100">
+      <c r="E55" s="99">
         <f t="shared" si="10"/>
         <v>21.799166666666668</v>
       </c>
-      <c r="F55" s="99">
+      <c r="F55" s="98">
         <v>19226865</v>
       </c>
-      <c r="G55" s="99">
+      <c r="G55" s="98">
         <f t="shared" si="11"/>
         <v>19226.865000000002</v>
       </c>
-      <c r="H55" s="99">
+      <c r="H55" s="98">
         <v>1582341.075</v>
       </c>
-      <c r="I55" s="101">
+      <c r="I55" s="100">
         <f t="shared" si="13"/>
         <v>19159910.910000004</v>
       </c>
-      <c r="J55" s="99">
+      <c r="J55" s="98">
         <v>1500</v>
       </c>
-      <c r="K55" s="100">
+      <c r="K55" s="99">
         <f>L55/J55</f>
         <v>21.98</v>
       </c>
-      <c r="L55" s="99">
+      <c r="L55" s="98">
         <v>32970</v>
       </c>
-      <c r="M55" s="99">
+      <c r="M55" s="98">
         <f>L55*0.001</f>
         <v>32.97</v>
       </c>
-      <c r="N55" s="99"/>
-      <c r="O55" s="101">
+      <c r="N55" s="98"/>
+      <c r="O55" s="100">
         <f>L55-M55-N55</f>
         <v>32937.03</v>
       </c>
     </row>
     <row r="56" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A56" s="16">
         <f t="shared" si="8"/>
         <v>2019</v>
       </c>
-      <c r="B56" s="102" t="s">
+      <c r="B56" s="101" t="s">
         <v>75</v>
       </c>
-      <c r="C56" s="103">
+      <c r="C56" s="102">
         <f t="shared" si="9"/>
         <v>21892845.239999998</v>
       </c>
-      <c r="D56" s="99">
+      <c r="D56" s="98">
         <v>955500</v>
       </c>
-      <c r="E56" s="100">
+      <c r="E56" s="99">
         <f t="shared" si="10"/>
         <v>25.251538461538463</v>
       </c>
-      <c r="F56" s="99">
+      <c r="F56" s="98">
         <v>24127845</v>
       </c>
-      <c r="G56" s="99">
+      <c r="G56" s="98">
         <f t="shared" si="11"/>
         <v>24127.845000000001</v>
       </c>
-      <c r="H56" s="99">
+      <c r="H56" s="98">
         <v>3793212.99</v>
       </c>
-      <c r="I56" s="101">
+      <c r="I56" s="100">
         <f t="shared" si="13"/>
         <v>21892845.239999998</v>
       </c>
-      <c r="J56" s="99"/>
-[...4 lines deleted...]
-      <c r="O56" s="101"/>
+      <c r="J56" s="98"/>
+      <c r="K56" s="99"/>
+      <c r="L56" s="98"/>
+      <c r="M56" s="98"/>
+      <c r="N56" s="98"/>
+      <c r="O56" s="100"/>
     </row>
     <row r="57" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A57" s="16">
         <f t="shared" si="8"/>
         <v>2019</v>
       </c>
-      <c r="B57" s="102" t="s">
+      <c r="B57" s="101" t="s">
         <v>76</v>
       </c>
-      <c r="C57" s="103">
+      <c r="C57" s="102">
         <f t="shared" si="9"/>
         <v>22546401.030000001</v>
       </c>
-      <c r="D57" s="99">
+      <c r="D57" s="98">
         <v>735000</v>
       </c>
-      <c r="E57" s="100">
+      <c r="E57" s="99">
         <f t="shared" si="10"/>
         <v>25.486000000000001</v>
       </c>
-      <c r="F57" s="99">
+      <c r="F57" s="98">
         <v>18732210</v>
       </c>
-      <c r="G57" s="99">
+      <c r="G57" s="98">
         <f t="shared" si="11"/>
         <v>18732.21</v>
       </c>
-      <c r="H57" s="99"/>
-      <c r="I57" s="101">
+      <c r="H57" s="98"/>
+      <c r="I57" s="100">
         <f t="shared" si="13"/>
         <v>22506690.780000001</v>
       </c>
-      <c r="J57" s="99">
+      <c r="J57" s="98">
         <v>1500</v>
       </c>
-      <c r="K57" s="100">
+      <c r="K57" s="99">
         <f>L57/J57</f>
         <v>26.5</v>
       </c>
-      <c r="L57" s="99">
+      <c r="L57" s="98">
         <v>39750</v>
       </c>
-      <c r="M57" s="99">
+      <c r="M57" s="98">
         <f>L57*0.001</f>
         <v>39.75</v>
       </c>
-      <c r="N57" s="99"/>
-      <c r="O57" s="101">
+      <c r="N57" s="98"/>
+      <c r="O57" s="100">
         <f>L57-M57-N57</f>
         <v>39710.25</v>
       </c>
     </row>
     <row r="58" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A58" s="16">
         <f t="shared" si="8"/>
         <v>2019</v>
       </c>
-      <c r="B58" s="102" t="s">
+      <c r="B58" s="101" t="s">
         <v>77</v>
       </c>
-      <c r="C58" s="103">
+      <c r="C58" s="102">
         <f t="shared" si="9"/>
         <v>16314634.035</v>
       </c>
-      <c r="D58" s="99">
+      <c r="D58" s="98">
         <v>753500</v>
       </c>
-      <c r="E58" s="100">
+      <c r="E58" s="99">
         <f t="shared" si="10"/>
         <v>24.982302587923026</v>
       </c>
-      <c r="F58" s="99">
+      <c r="F58" s="98">
         <v>18824165</v>
       </c>
-      <c r="G58" s="99">
+      <c r="G58" s="98">
         <f t="shared" si="11"/>
         <v>18824.165000000001</v>
       </c>
-      <c r="H58" s="99">
+      <c r="H58" s="98">
         <v>2490706.7999999998</v>
       </c>
-      <c r="I58" s="101">
+      <c r="I58" s="100">
         <f t="shared" si="13"/>
         <v>16314634.035</v>
       </c>
-      <c r="J58" s="99"/>
-[...4 lines deleted...]
-      <c r="O58" s="101"/>
+      <c r="J58" s="98"/>
+      <c r="K58" s="99"/>
+      <c r="L58" s="98"/>
+      <c r="M58" s="98"/>
+      <c r="N58" s="98"/>
+      <c r="O58" s="100"/>
     </row>
     <row r="59" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A59" s="16">
         <f t="shared" si="8"/>
         <v>2019</v>
       </c>
-      <c r="B59" s="102" t="s">
+      <c r="B59" s="101" t="s">
         <v>78</v>
       </c>
-      <c r="C59" s="103">
+      <c r="C59" s="102">
         <f t="shared" si="9"/>
         <v>30761887.32</v>
       </c>
-      <c r="D59" s="99">
+      <c r="D59" s="98">
         <v>1084000</v>
       </c>
-      <c r="E59" s="100">
+      <c r="E59" s="99">
         <f t="shared" si="10"/>
         <v>27.978002767527677</v>
       </c>
-      <c r="F59" s="99">
+      <c r="F59" s="98">
         <v>30328155</v>
       </c>
-      <c r="G59" s="99">
+      <c r="G59" s="98">
         <f t="shared" si="11"/>
         <v>30328.154999999999</v>
       </c>
-      <c r="H59" s="99">
+      <c r="H59" s="98">
         <v>2069158.77</v>
       </c>
-      <c r="I59" s="101">
+      <c r="I59" s="100">
         <f t="shared" si="13"/>
         <v>30719374.875</v>
       </c>
-      <c r="J59" s="99">
+      <c r="J59" s="98">
         <v>1500</v>
       </c>
-      <c r="K59" s="100">
+      <c r="K59" s="99">
         <f>L59/J59</f>
         <v>28.37</v>
       </c>
-      <c r="L59" s="99">
+      <c r="L59" s="98">
         <v>42555</v>
       </c>
-      <c r="M59" s="99">
+      <c r="M59" s="98">
         <f>L59*0.001</f>
         <v>42.555</v>
       </c>
-      <c r="N59" s="99"/>
-      <c r="O59" s="101">
+      <c r="N59" s="98"/>
+      <c r="O59" s="100">
         <f>L59-M59-N59</f>
         <v>42512.445</v>
       </c>
     </row>
     <row r="60" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A60" s="16">
         <f t="shared" si="8"/>
         <v>2019</v>
       </c>
-      <c r="B60" s="102" t="s">
+      <c r="B60" s="101" t="s">
         <v>79</v>
       </c>
-      <c r="C60" s="103">
+      <c r="C60" s="102">
         <f t="shared" si="9"/>
         <v>13319522.145</v>
       </c>
-      <c r="D60" s="99">
+      <c r="D60" s="98">
         <v>447500</v>
       </c>
-      <c r="E60" s="100">
+      <c r="E60" s="99">
         <f t="shared" si="10"/>
         <v>27.193687150837988</v>
       </c>
-      <c r="F60" s="99">
+      <c r="F60" s="98">
         <v>12169175</v>
       </c>
-      <c r="G60" s="99">
+      <c r="G60" s="98">
         <f t="shared" si="11"/>
         <v>12169.175000000001</v>
       </c>
-      <c r="H60" s="99">
+      <c r="H60" s="98">
         <v>906642.45</v>
       </c>
-      <c r="I60" s="101">
+      <c r="I60" s="100">
         <f t="shared" si="13"/>
         <v>13319522.145</v>
       </c>
-      <c r="J60" s="99"/>
-[...4 lines deleted...]
-      <c r="O60" s="101"/>
+      <c r="J60" s="98"/>
+      <c r="K60" s="99"/>
+      <c r="L60" s="98"/>
+      <c r="M60" s="98"/>
+      <c r="N60" s="98"/>
+      <c r="O60" s="100"/>
     </row>
     <row r="61" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A61" s="16">
         <f t="shared" si="8"/>
         <v>2019</v>
       </c>
-      <c r="B61" s="102" t="s">
+      <c r="B61" s="101" t="s">
         <v>80</v>
       </c>
-      <c r="C61" s="103">
+      <c r="C61" s="102">
         <f t="shared" si="9"/>
         <v>21718469.789999999</v>
       </c>
-      <c r="D61" s="99">
+      <c r="D61" s="98">
         <v>882000</v>
       </c>
-      <c r="E61" s="100">
+      <c r="E61" s="99">
         <f t="shared" si="10"/>
         <v>25.660833333333333</v>
       </c>
-      <c r="F61" s="99">
+      <c r="F61" s="98">
         <v>22632855</v>
       </c>
-      <c r="G61" s="99">
+      <c r="G61" s="98">
         <f t="shared" si="11"/>
         <v>22632.855</v>
       </c>
-      <c r="H61" s="99">
+      <c r="H61" s="98">
         <v>1837865.2949999999</v>
       </c>
-      <c r="I61" s="101">
+      <c r="I61" s="100">
         <f t="shared" si="13"/>
         <v>21678999.300000001</v>
       </c>
-      <c r="J61" s="99">
+      <c r="J61" s="98">
         <v>1500</v>
       </c>
-      <c r="K61" s="100">
+      <c r="K61" s="99">
         <f>L61/J61</f>
         <v>26.34</v>
       </c>
-      <c r="L61" s="99">
+      <c r="L61" s="98">
         <v>39510</v>
       </c>
-      <c r="M61" s="99">
+      <c r="M61" s="98">
         <f>L61*0.001</f>
         <v>39.51</v>
       </c>
-      <c r="N61" s="99"/>
-      <c r="O61" s="101">
+      <c r="N61" s="98"/>
+      <c r="O61" s="100">
         <f>L61-M61-N61</f>
         <v>39470.49</v>
       </c>
     </row>
     <row r="62" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A62" s="16">
         <f t="shared" si="8"/>
         <v>2019</v>
       </c>
-      <c r="B62" s="102" t="s">
+      <c r="B62" s="101" t="s">
         <v>81</v>
       </c>
-      <c r="C62" s="103">
+      <c r="C62" s="102">
         <f t="shared" si="9"/>
         <v>25183820.969999999</v>
       </c>
-      <c r="D62" s="99">
+      <c r="D62" s="98">
         <v>1029000</v>
       </c>
-      <c r="E62" s="100">
+      <c r="E62" s="99">
         <f t="shared" si="10"/>
         <v>24.564285714285713</v>
       </c>
-      <c r="F62" s="99">
+      <c r="F62" s="98">
         <v>25276650</v>
       </c>
-      <c r="G62" s="99">
+      <c r="G62" s="98">
         <f t="shared" si="11"/>
         <v>25276.65</v>
       </c>
-      <c r="H62" s="99">
+      <c r="H62" s="98">
         <v>1905417.675</v>
       </c>
-      <c r="I62" s="101">
+      <c r="I62" s="100">
         <f t="shared" si="13"/>
         <v>25183820.969999999</v>
       </c>
-      <c r="J62" s="99"/>
-[...4 lines deleted...]
-      <c r="O62" s="101"/>
+      <c r="J62" s="98"/>
+      <c r="K62" s="99"/>
+      <c r="L62" s="98"/>
+      <c r="M62" s="98"/>
+      <c r="N62" s="98"/>
+      <c r="O62" s="100"/>
     </row>
     <row r="63" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A63" s="16">
         <f t="shared" si="8"/>
         <v>2019</v>
       </c>
-      <c r="B63" s="102" t="s">
+      <c r="B63" s="101" t="s">
         <v>82</v>
       </c>
-      <c r="C63" s="103">
+      <c r="C63" s="102">
         <f t="shared" si="9"/>
         <v>21768399.810000002</v>
       </c>
-      <c r="D63" s="99">
+      <c r="D63" s="98">
         <v>882000</v>
       </c>
-      <c r="E63" s="100">
+      <c r="E63" s="99">
         <f t="shared" si="10"/>
         <v>24.561666666666667</v>
       </c>
-      <c r="F63" s="99">
+      <c r="F63" s="98">
         <v>21663390</v>
       </c>
-      <c r="G63" s="99">
+      <c r="G63" s="98">
         <f t="shared" si="11"/>
         <v>21663.39</v>
       </c>
-      <c r="H63" s="99">
+      <c r="H63" s="98">
         <v>1829054.115</v>
       </c>
-      <c r="I63" s="101">
+      <c r="I63" s="100">
         <f t="shared" si="13"/>
         <v>21718090.170000002</v>
       </c>
-      <c r="J63" s="99">
+      <c r="J63" s="98">
         <v>2000</v>
       </c>
-      <c r="K63" s="100">
+      <c r="K63" s="99">
         <f>L63/J63</f>
         <v>25.18</v>
       </c>
-      <c r="L63" s="99">
+      <c r="L63" s="98">
         <v>50360</v>
       </c>
-      <c r="M63" s="99">
+      <c r="M63" s="98">
         <f>L63*0.001</f>
         <v>50.36</v>
       </c>
-      <c r="N63" s="99"/>
-      <c r="O63" s="101">
+      <c r="N63" s="98"/>
+      <c r="O63" s="100">
         <f>L63-M63-N63</f>
         <v>50309.64</v>
       </c>
     </row>
     <row r="64" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A64" s="16">
         <f t="shared" si="8"/>
         <v>2019</v>
       </c>
-      <c r="B64" s="104" t="s">
+      <c r="B64" s="103" t="s">
         <v>83</v>
       </c>
-      <c r="C64" s="105">
+      <c r="C64" s="104">
         <f t="shared" si="9"/>
         <v>14523971.49</v>
       </c>
       <c r="D64" s="26">
         <v>518000</v>
       </c>
-      <c r="E64" s="106">
+      <c r="E64" s="105">
         <f t="shared" si="10"/>
         <v>24.532094594594593</v>
       </c>
       <c r="F64" s="26">
         <v>12707625</v>
       </c>
       <c r="G64" s="26">
         <f t="shared" si="11"/>
         <v>12707.625</v>
       </c>
       <c r="H64" s="26"/>
-      <c r="I64" s="107">
+      <c r="I64" s="106">
         <f t="shared" si="13"/>
         <v>14523971.49</v>
       </c>
       <c r="J64" s="26"/>
-      <c r="K64" s="106"/>
+      <c r="K64" s="105"/>
       <c r="L64" s="26"/>
       <c r="M64" s="26"/>
       <c r="N64" s="26"/>
-      <c r="O64" s="107"/>
+      <c r="O64" s="106"/>
     </row>
     <row r="65" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A65" s="16">
         <f t="shared" si="8"/>
         <v>2020</v>
       </c>
-      <c r="B65" s="102" t="s">
+      <c r="B65" s="101" t="s">
         <v>125</v>
       </c>
-      <c r="C65" s="98">
+      <c r="C65" s="97">
         <f>I65+O65-O65</f>
         <v>17595746.640000001</v>
       </c>
-      <c r="D65" s="99">
+      <c r="D65" s="98">
         <v>792000</v>
       </c>
-      <c r="E65" s="100">
+      <c r="E65" s="99">
         <f t="shared" si="10"/>
         <v>24.397272727272728</v>
       </c>
-      <c r="F65" s="99">
+      <c r="F65" s="98">
         <v>19322640</v>
       </c>
-      <c r="G65" s="99">
+      <c r="G65" s="98">
         <f t="shared" si="11"/>
         <v>19322.64</v>
       </c>
-      <c r="H65" s="99">
+      <c r="H65" s="98">
         <v>1707570.72</v>
       </c>
-      <c r="I65" s="101">
+      <c r="I65" s="100">
         <f>F65-G65-H65</f>
         <v>17595746.640000001</v>
       </c>
-      <c r="J65" s="99">
+      <c r="J65" s="98">
         <v>1500</v>
       </c>
-      <c r="K65" s="100">
+      <c r="K65" s="99">
         <f>L65/J65</f>
         <v>24.08</v>
       </c>
-      <c r="L65" s="99">
+      <c r="L65" s="98">
         <v>36120</v>
       </c>
-      <c r="M65" s="99">
+      <c r="M65" s="98">
         <f>L65*0.001</f>
         <v>36.119999999999997</v>
       </c>
-      <c r="N65" s="99"/>
-      <c r="O65" s="101">
+      <c r="N65" s="98"/>
+      <c r="O65" s="100">
         <f>L65-M65-N65</f>
         <v>36083.879999999997</v>
       </c>
     </row>
     <row r="66" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A66" s="16">
         <f t="shared" si="8"/>
         <v>2020</v>
       </c>
-      <c r="B66" s="102" t="s">
+      <c r="B66" s="101" t="s">
         <v>84</v>
       </c>
-      <c r="C66" s="103">
+      <c r="C66" s="102">
         <f>I66+O66</f>
         <v>20616003.359999999</v>
       </c>
-      <c r="D66" s="99">
+      <c r="D66" s="98">
         <v>864000</v>
       </c>
-      <c r="E66" s="100">
+      <c r="E66" s="99">
         <f t="shared" si="10"/>
         <v>23.89</v>
       </c>
-      <c r="F66" s="99">
+      <c r="F66" s="98">
         <v>20640960</v>
       </c>
-      <c r="G66" s="99">
+      <c r="G66" s="98">
         <f t="shared" si="11"/>
         <v>20640.96</v>
       </c>
-      <c r="H66" s="99">
+      <c r="H66" s="98">
         <v>1711886.4</v>
       </c>
-      <c r="I66" s="101">
+      <c r="I66" s="100">
         <f t="shared" ref="I66:I76" si="14">F66-G66-H66+H65</f>
         <v>20616003.359999999</v>
       </c>
-      <c r="J66" s="99"/>
-[...4 lines deleted...]
-      <c r="O66" s="101"/>
+      <c r="J66" s="98"/>
+      <c r="K66" s="99"/>
+      <c r="L66" s="98"/>
+      <c r="M66" s="98"/>
+      <c r="N66" s="98"/>
+      <c r="O66" s="100"/>
     </row>
     <row r="67" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A67" s="16">
         <f t="shared" si="8"/>
         <v>2020</v>
       </c>
-      <c r="B67" s="102" t="s">
+      <c r="B67" s="101" t="s">
         <v>85</v>
       </c>
-      <c r="C67" s="103">
+      <c r="C67" s="102">
         <f>I67+O67</f>
         <v>19009596.374999996</v>
       </c>
-      <c r="D67" s="99">
+      <c r="D67" s="98">
         <v>1008000</v>
       </c>
-      <c r="E67" s="100">
+      <c r="E67" s="99">
         <f t="shared" si="10"/>
         <v>19.551071428571429</v>
       </c>
-      <c r="F67" s="99">
+      <c r="F67" s="98">
         <v>19707480</v>
       </c>
-      <c r="G67" s="99">
+      <c r="G67" s="98">
         <f t="shared" si="11"/>
         <v>19707.48</v>
       </c>
-      <c r="H67" s="99">
+      <c r="H67" s="98">
         <v>2425412.16</v>
       </c>
-      <c r="I67" s="101">
+      <c r="I67" s="100">
         <f t="shared" si="14"/>
         <v>18974246.759999998</v>
       </c>
-      <c r="J67" s="99">
+      <c r="J67" s="98">
         <v>1500</v>
       </c>
-      <c r="K67" s="100">
+      <c r="K67" s="99">
         <f>L67/J67</f>
         <v>23.59</v>
       </c>
-      <c r="L67" s="99">
+      <c r="L67" s="98">
         <v>35385</v>
       </c>
-      <c r="M67" s="99">
+      <c r="M67" s="98">
         <f>L67*0.001</f>
         <v>35.384999999999998</v>
       </c>
-      <c r="N67" s="99"/>
-      <c r="O67" s="101">
+      <c r="N67" s="98"/>
+      <c r="O67" s="100">
         <f>L67-M67-N67</f>
         <v>35349.614999999998</v>
       </c>
     </row>
     <row r="68" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A68" s="16">
         <f t="shared" si="8"/>
         <v>2020</v>
       </c>
-      <c r="B68" s="102" t="s">
+      <c r="B68" s="101" t="s">
         <v>86</v>
       </c>
-      <c r="C68" s="103">
+      <c r="C68" s="102">
         <f>I68+O68</f>
         <v>18316465.199999999</v>
       </c>
-      <c r="D68" s="99">
+      <c r="D68" s="98">
         <v>864000</v>
       </c>
-      <c r="E68" s="100">
+      <c r="E68" s="99">
         <f t="shared" si="10"/>
         <v>20.074999999999999</v>
       </c>
-      <c r="F68" s="99">
+      <c r="F68" s="98">
         <v>17344800</v>
       </c>
-      <c r="G68" s="99">
+      <c r="G68" s="98">
         <f t="shared" si="11"/>
         <v>17344.8</v>
       </c>
-      <c r="H68" s="99">
+      <c r="H68" s="98">
         <v>1436402.16</v>
       </c>
-      <c r="I68" s="101">
+      <c r="I68" s="100">
         <f t="shared" si="14"/>
         <v>18316465.199999999</v>
       </c>
-      <c r="J68" s="99"/>
-[...4 lines deleted...]
-      <c r="O68" s="101"/>
+      <c r="J68" s="98"/>
+      <c r="K68" s="99"/>
+      <c r="L68" s="98"/>
+      <c r="M68" s="98"/>
+      <c r="N68" s="98"/>
+      <c r="O68" s="100"/>
     </row>
     <row r="69" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A69" s="16">
         <f t="shared" ref="A69:A100" si="15">YEAR(B69)</f>
         <v>2020</v>
       </c>
-      <c r="B69" s="102" t="s">
+      <c r="B69" s="101" t="s">
         <v>87</v>
       </c>
-      <c r="C69" s="103">
+      <c r="C69" s="102">
         <f>I69+O69</f>
         <v>12588823.575000001</v>
       </c>
-      <c r="D69" s="99">
+      <c r="D69" s="98">
         <v>648000</v>
       </c>
-      <c r="E69" s="100">
+      <c r="E69" s="99">
         <f t="shared" ref="E69:E100" si="16">F69/D69</f>
         <v>19.514444444444443</v>
       </c>
-      <c r="F69" s="99">
+      <c r="F69" s="98">
         <v>12645360</v>
       </c>
-      <c r="G69" s="99">
+      <c r="G69" s="98">
         <f t="shared" ref="G69:G100" si="17">F69*0.001</f>
         <v>12645.36</v>
       </c>
-      <c r="H69" s="99">
+      <c r="H69" s="98">
         <v>1506891.6</v>
       </c>
-      <c r="I69" s="101">
+      <c r="I69" s="100">
         <f t="shared" si="14"/>
         <v>12562225.200000001</v>
       </c>
-      <c r="J69" s="99">
+      <c r="J69" s="98">
         <v>1500</v>
       </c>
-      <c r="K69" s="100">
+      <c r="K69" s="99">
         <f>L69/J69</f>
         <v>17.75</v>
       </c>
-      <c r="L69" s="99">
+      <c r="L69" s="98">
         <v>26625</v>
       </c>
-      <c r="M69" s="99">
+      <c r="M69" s="98">
         <f>L69*0.001</f>
         <v>26.625</v>
       </c>
-      <c r="N69" s="99"/>
-      <c r="O69" s="101">
+      <c r="N69" s="98"/>
+      <c r="O69" s="100">
         <f>L69-M69-N69</f>
         <v>26598.375</v>
       </c>
     </row>
     <row r="70" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A70" s="16">
         <f t="shared" si="15"/>
         <v>2020</v>
       </c>
-      <c r="B70" s="102" t="s">
+      <c r="B70" s="101" t="s">
         <v>88</v>
       </c>
-      <c r="C70" s="103">
+      <c r="C70" s="102">
         <f>I70+O70</f>
         <v>19670869.440000001</v>
       </c>
-      <c r="D70" s="99">
+      <c r="D70" s="98">
         <v>938807.7570803205</v>
       </c>
-      <c r="E70" s="100">
+      <c r="E70" s="99">
         <f t="shared" si="16"/>
         <v>23.257924570101217</v>
       </c>
-      <c r="F70" s="99">
+      <c r="F70" s="98">
         <v>21834720</v>
       </c>
-      <c r="G70" s="99">
+      <c r="G70" s="98">
         <f t="shared" si="17"/>
         <v>21834.720000000001</v>
       </c>
-      <c r="H70" s="99">
+      <c r="H70" s="98">
         <v>3648907.44</v>
       </c>
-      <c r="I70" s="101">
+      <c r="I70" s="100">
         <f t="shared" si="14"/>
         <v>19670869.440000001</v>
       </c>
-      <c r="J70" s="99"/>
-[...4 lines deleted...]
-      <c r="O70" s="101"/>
+      <c r="J70" s="98"/>
+      <c r="K70" s="99"/>
+      <c r="L70" s="98"/>
+      <c r="M70" s="98"/>
+      <c r="N70" s="98"/>
+      <c r="O70" s="100"/>
     </row>
     <row r="71" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A71" s="16">
         <f t="shared" si="15"/>
         <v>2020</v>
       </c>
-      <c r="B71" s="102" t="s">
+      <c r="B71" s="101" t="s">
         <v>89</v>
       </c>
-      <c r="C71" s="103">
+      <c r="C71" s="102">
         <f>I71+O71+O65</f>
         <v>27592030.350000001</v>
       </c>
-      <c r="D71" s="99">
+      <c r="D71" s="98">
         <v>936000</v>
       </c>
-      <c r="E71" s="100">
+      <c r="E71" s="99">
         <f t="shared" si="16"/>
         <v>27.473076923076924</v>
       </c>
-      <c r="F71" s="99">
+      <c r="F71" s="98">
         <v>25714800</v>
       </c>
-      <c r="G71" s="99">
+      <c r="G71" s="98">
         <f t="shared" si="17"/>
         <v>25714.799999999999</v>
       </c>
-      <c r="H71" s="99">
+      <c r="H71" s="98">
         <v>1822655.52</v>
       </c>
-      <c r="I71" s="101">
+      <c r="I71" s="100">
         <f t="shared" si="14"/>
         <v>27515337.120000001</v>
       </c>
-      <c r="J71" s="99">
+      <c r="J71" s="98">
         <v>1500</v>
       </c>
-      <c r="K71" s="100">
+      <c r="K71" s="99">
         <f>L71/J71</f>
         <v>27.1</v>
       </c>
-      <c r="L71" s="99">
+      <c r="L71" s="98">
         <v>40650</v>
       </c>
-      <c r="M71" s="99">
+      <c r="M71" s="98">
         <f>L71*0.001</f>
         <v>40.65</v>
       </c>
-      <c r="N71" s="99"/>
-      <c r="O71" s="101">
+      <c r="N71" s="98"/>
+      <c r="O71" s="100">
         <f>L71-M71-N71</f>
         <v>40609.35</v>
       </c>
     </row>
     <row r="72" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A72" s="16">
         <f t="shared" si="15"/>
         <v>2020</v>
       </c>
-      <c r="B72" s="102" t="s">
+      <c r="B72" s="101" t="s">
         <v>90</v>
       </c>
-      <c r="C72" s="103">
+      <c r="C72" s="102">
         <f>I72+O72</f>
         <v>12957969.059999999</v>
       </c>
-      <c r="D72" s="99">
+      <c r="D72" s="98">
         <v>422000</v>
       </c>
-      <c r="E72" s="100">
+      <c r="E72" s="99">
         <f t="shared" si="16"/>
         <v>26.41341232227488</v>
       </c>
-      <c r="F72" s="99">
+      <c r="F72" s="98">
         <v>11146460</v>
       </c>
-      <c r="G72" s="99">
+      <c r="G72" s="98">
         <f t="shared" si="17"/>
         <v>11146.460000000001</v>
       </c>
-      <c r="H72" s="99"/>
-      <c r="I72" s="101">
+      <c r="H72" s="98"/>
+      <c r="I72" s="100">
         <f t="shared" si="14"/>
         <v>12957969.059999999</v>
       </c>
-      <c r="J72" s="99"/>
-[...4 lines deleted...]
-      <c r="O72" s="101"/>
+      <c r="J72" s="98"/>
+      <c r="K72" s="99"/>
+      <c r="L72" s="98"/>
+      <c r="M72" s="98"/>
+      <c r="N72" s="98"/>
+      <c r="O72" s="100"/>
     </row>
     <row r="73" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A73" s="16">
         <f t="shared" si="15"/>
         <v>2020</v>
       </c>
-      <c r="B73" s="102" t="s">
+      <c r="B73" s="101" t="s">
         <v>91</v>
       </c>
-      <c r="C73" s="103">
+      <c r="C73" s="102">
         <f>I73+O73</f>
         <v>24188382.405000001</v>
       </c>
-      <c r="D73" s="99">
+      <c r="D73" s="98">
         <v>954000</v>
       </c>
-      <c r="E73" s="100">
+      <c r="E73" s="99">
         <f t="shared" si="16"/>
         <v>27.596666666666668</v>
       </c>
-      <c r="F73" s="99">
+      <c r="F73" s="98">
         <v>26327220</v>
       </c>
-      <c r="G73" s="99">
+      <c r="G73" s="98">
         <f t="shared" si="17"/>
         <v>26327.22</v>
       </c>
-      <c r="H73" s="99">
+      <c r="H73" s="98">
         <v>2151501.3450000002</v>
       </c>
-      <c r="I73" s="101">
+      <c r="I73" s="100">
         <f t="shared" si="14"/>
         <v>24149391.435000002</v>
       </c>
-      <c r="J73" s="99">
+      <c r="J73" s="98">
         <v>1500</v>
       </c>
-      <c r="K73" s="100">
+      <c r="K73" s="99">
         <f>L73/J73</f>
         <v>26.02</v>
       </c>
-      <c r="L73" s="99">
+      <c r="L73" s="98">
         <v>39030</v>
       </c>
-      <c r="M73" s="99">
+      <c r="M73" s="98">
         <f>L73*0.001</f>
         <v>39.03</v>
       </c>
-      <c r="N73" s="99"/>
-      <c r="O73" s="101">
+      <c r="N73" s="98"/>
+      <c r="O73" s="100">
         <f>L73-M73-N73</f>
         <v>38990.97</v>
       </c>
     </row>
     <row r="74" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A74" s="16">
         <f t="shared" si="15"/>
         <v>2020</v>
       </c>
-      <c r="B74" s="102" t="s">
+      <c r="B74" s="101" t="s">
         <v>92</v>
       </c>
-      <c r="C74" s="103">
+      <c r="C74" s="102">
         <f>I74+O74</f>
         <v>26219089.664999999</v>
       </c>
-      <c r="D74" s="99">
+      <c r="D74" s="98">
         <v>1033500</v>
       </c>
-      <c r="E74" s="100">
+      <c r="E74" s="99">
         <f t="shared" si="16"/>
         <v>25.085384615384616</v>
       </c>
-      <c r="F74" s="99">
+      <c r="F74" s="98">
         <v>25925745</v>
       </c>
-      <c r="G74" s="99">
+      <c r="G74" s="98">
         <f t="shared" si="17"/>
         <v>25925.744999999999</v>
       </c>
-      <c r="H74" s="99">
+      <c r="H74" s="98">
         <v>1832230.9350000001</v>
       </c>
-      <c r="I74" s="101">
+      <c r="I74" s="100">
         <f t="shared" si="14"/>
         <v>26219089.664999999</v>
       </c>
-      <c r="J74" s="99"/>
-[...4 lines deleted...]
-      <c r="O74" s="101"/>
+      <c r="J74" s="98"/>
+      <c r="K74" s="99"/>
+      <c r="L74" s="98"/>
+      <c r="M74" s="98"/>
+      <c r="N74" s="98"/>
+      <c r="O74" s="100"/>
     </row>
     <row r="75" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A75" s="16">
         <f t="shared" si="15"/>
         <v>2020</v>
       </c>
-      <c r="B75" s="102" t="s">
+      <c r="B75" s="101" t="s">
         <v>93</v>
       </c>
-      <c r="C75" s="103">
+      <c r="C75" s="102">
         <f>I75+O75</f>
         <v>26746411.814999998</v>
       </c>
-      <c r="D75" s="99">
+      <c r="D75" s="98">
         <v>1033500</v>
       </c>
-      <c r="E75" s="100">
+      <c r="E75" s="99">
         <f t="shared" si="16"/>
         <v>26.313076923076924</v>
       </c>
-      <c r="F75" s="99">
+      <c r="F75" s="98">
         <v>27194565</v>
       </c>
-      <c r="G75" s="99">
+      <c r="G75" s="98">
         <f t="shared" si="17"/>
         <v>27194.565000000002</v>
       </c>
-      <c r="H75" s="99">
+      <c r="H75" s="98">
         <v>2288898.81</v>
       </c>
-      <c r="I75" s="101">
+      <c r="I75" s="100">
         <f t="shared" si="14"/>
         <v>26710702.559999999</v>
       </c>
-      <c r="J75" s="99">
+      <c r="J75" s="98">
         <v>1500</v>
       </c>
-      <c r="K75" s="100">
+      <c r="K75" s="99">
         <f>L75/J75</f>
         <v>23.83</v>
       </c>
-      <c r="L75" s="99">
+      <c r="L75" s="98">
         <v>35745</v>
       </c>
-      <c r="M75" s="99">
+      <c r="M75" s="98">
         <f>L75*0.001</f>
         <v>35.744999999999997</v>
       </c>
-      <c r="N75" s="99"/>
-      <c r="O75" s="101">
+      <c r="N75" s="98"/>
+      <c r="O75" s="100">
         <f>L75-M75-N75</f>
         <v>35709.254999999997</v>
       </c>
     </row>
     <row r="76" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A76" s="16">
         <f t="shared" si="15"/>
         <v>2020</v>
       </c>
-      <c r="B76" s="104" t="s">
+      <c r="B76" s="103" t="s">
         <v>94</v>
       </c>
-      <c r="C76" s="105">
+      <c r="C76" s="104">
         <f>I76+O76</f>
         <v>16324868.790000001</v>
       </c>
       <c r="D76" s="26">
         <v>472500</v>
       </c>
-      <c r="E76" s="106">
+      <c r="E76" s="105">
         <f t="shared" si="16"/>
         <v>29.735492063492064</v>
       </c>
       <c r="F76" s="26">
         <v>14050020</v>
       </c>
       <c r="G76" s="26">
         <f t="shared" si="17"/>
         <v>14050.02</v>
       </c>
       <c r="H76" s="26"/>
-      <c r="I76" s="107">
+      <c r="I76" s="106">
         <f t="shared" si="14"/>
         <v>16324868.790000001</v>
       </c>
       <c r="J76" s="26"/>
-      <c r="K76" s="106"/>
+      <c r="K76" s="105"/>
       <c r="L76" s="26"/>
       <c r="M76" s="26"/>
       <c r="N76" s="26"/>
-      <c r="O76" s="107"/>
+      <c r="O76" s="106"/>
     </row>
     <row r="77" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A77" s="16">
         <f t="shared" si="15"/>
         <v>2021</v>
       </c>
-      <c r="B77" s="102" t="s">
+      <c r="B77" s="101" t="s">
         <v>126</v>
       </c>
-      <c r="C77" s="98"/>
-[...11 lines deleted...]
-      <c r="O77" s="101"/>
+      <c r="C77" s="97"/>
+      <c r="D77" s="98"/>
+      <c r="E77" s="98"/>
+      <c r="F77" s="98"/>
+      <c r="G77" s="98"/>
+      <c r="H77" s="98"/>
+      <c r="I77" s="100"/>
+      <c r="J77" s="98"/>
+      <c r="K77" s="99"/>
+      <c r="L77" s="98"/>
+      <c r="M77" s="98"/>
+      <c r="N77" s="98"/>
+      <c r="O77" s="100"/>
     </row>
     <row r="78" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A78" s="16">
         <f t="shared" si="15"/>
         <v>2021</v>
       </c>
-      <c r="B78" s="102" t="s">
+      <c r="B78" s="101" t="s">
         <v>95</v>
       </c>
-      <c r="C78" s="103">
+      <c r="C78" s="102">
         <f t="shared" ref="C78:C95" si="18">I78+O78</f>
         <v>19276554.149999999</v>
       </c>
-      <c r="D78" s="99">
+      <c r="D78" s="98">
         <v>564000</v>
       </c>
-      <c r="E78" s="100">
+      <c r="E78" s="99">
         <f t="shared" ref="E78:E96" si="19">F78/D78</f>
         <v>37.452500000000001</v>
       </c>
-      <c r="F78" s="99">
+      <c r="F78" s="98">
         <v>21123210</v>
       </c>
-      <c r="G78" s="99">
+      <c r="G78" s="98">
         <f t="shared" ref="G78:G96" si="20">F78*0.001</f>
         <v>21123.21</v>
       </c>
-      <c r="H78" s="99">
+      <c r="H78" s="98">
         <v>1825532.64</v>
       </c>
-      <c r="I78" s="101">
+      <c r="I78" s="100">
         <f t="shared" ref="I78:I96" si="21">F78-G78-H78+H77</f>
         <v>19276554.149999999</v>
       </c>
-      <c r="J78" s="99"/>
-[...4 lines deleted...]
-      <c r="O78" s="101"/>
+      <c r="J78" s="98"/>
+      <c r="K78" s="99"/>
+      <c r="L78" s="98"/>
+      <c r="M78" s="98"/>
+      <c r="N78" s="98"/>
+      <c r="O78" s="100"/>
     </row>
     <row r="79" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A79" s="16">
         <f t="shared" si="15"/>
         <v>2021</v>
       </c>
-      <c r="B79" s="102" t="s">
+      <c r="B79" s="101" t="s">
         <v>96</v>
       </c>
-      <c r="C79" s="103">
+      <c r="C79" s="102">
         <f t="shared" si="18"/>
         <v>26494778.700000003</v>
       </c>
-      <c r="D79" s="99">
+      <c r="D79" s="98">
         <v>658000</v>
       </c>
-      <c r="E79" s="100">
+      <c r="E79" s="99">
         <f t="shared" si="19"/>
         <v>40.482963525835864</v>
       </c>
-      <c r="F79" s="99">
+      <c r="F79" s="98">
         <v>26637790</v>
       </c>
-      <c r="G79" s="99">
+      <c r="G79" s="98">
         <f t="shared" si="20"/>
         <v>26637.79</v>
       </c>
-      <c r="H79" s="99">
+      <c r="H79" s="98">
         <v>1983764.25</v>
       </c>
-      <c r="I79" s="101">
+      <c r="I79" s="100">
         <f t="shared" si="21"/>
         <v>26452920.600000001</v>
       </c>
-      <c r="J79" s="99">
+      <c r="J79" s="98">
         <v>1000</v>
       </c>
-      <c r="K79" s="100">
+      <c r="K79" s="99">
         <v>41.9</v>
       </c>
-      <c r="L79" s="99">
+      <c r="L79" s="98">
         <v>41900</v>
       </c>
-      <c r="M79" s="99">
+      <c r="M79" s="98">
         <v>41.9</v>
       </c>
-      <c r="N79" s="99"/>
-      <c r="O79" s="101">
+      <c r="N79" s="98"/>
+      <c r="O79" s="100">
         <v>41858.1</v>
       </c>
     </row>
     <row r="80" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A80" s="16">
         <f t="shared" si="15"/>
         <v>2021</v>
       </c>
-      <c r="B80" s="102" t="s">
+      <c r="B80" s="101" t="s">
         <v>97</v>
       </c>
-      <c r="C80" s="103">
+      <c r="C80" s="102">
         <f t="shared" si="18"/>
         <v>24978526.469999999</v>
       </c>
-      <c r="D80" s="99">
+      <c r="D80" s="98">
         <v>564000</v>
       </c>
-      <c r="E80" s="100">
+      <c r="E80" s="99">
         <f t="shared" si="19"/>
         <v>44.749166666666667</v>
       </c>
-      <c r="F80" s="99">
+      <c r="F80" s="98">
         <v>25238530</v>
       </c>
-      <c r="G80" s="99">
+      <c r="G80" s="98">
         <f t="shared" si="20"/>
         <v>25238.53</v>
       </c>
-      <c r="H80" s="99">
+      <c r="H80" s="98">
         <v>2218529.25</v>
       </c>
-      <c r="I80" s="101">
+      <c r="I80" s="100">
         <f t="shared" si="21"/>
         <v>24978526.469999999</v>
       </c>
-      <c r="J80" s="99"/>
-[...4 lines deleted...]
-      <c r="O80" s="101"/>
+      <c r="J80" s="98"/>
+      <c r="K80" s="99"/>
+      <c r="L80" s="98"/>
+      <c r="M80" s="98"/>
+      <c r="N80" s="98"/>
+      <c r="O80" s="100"/>
     </row>
     <row r="81" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A81" s="16">
         <f t="shared" si="15"/>
         <v>2021</v>
       </c>
-      <c r="B81" s="102" t="s">
+      <c r="B81" s="101" t="s">
         <v>98</v>
       </c>
-      <c r="C81" s="103">
+      <c r="C81" s="102">
         <f t="shared" si="18"/>
         <v>24308676.990000002</v>
       </c>
-      <c r="D81" s="99">
+      <c r="D81" s="98">
         <v>423000</v>
       </c>
-      <c r="E81" s="100">
+      <c r="E81" s="99">
         <f t="shared" si="19"/>
         <v>52.146666666666668</v>
       </c>
-      <c r="F81" s="99">
+      <c r="F81" s="98">
         <v>22058040</v>
       </c>
-      <c r="G81" s="99">
+      <c r="G81" s="98">
         <f t="shared" si="20"/>
         <v>22058.04</v>
       </c>
-      <c r="H81" s="99"/>
-      <c r="I81" s="101">
+      <c r="H81" s="98"/>
+      <c r="I81" s="100">
         <f t="shared" si="21"/>
         <v>24254511.210000001</v>
       </c>
-      <c r="J81" s="99">
+      <c r="J81" s="98">
         <v>1000</v>
       </c>
-      <c r="K81" s="100">
+      <c r="K81" s="99">
         <v>54.22</v>
       </c>
-      <c r="L81" s="99">
+      <c r="L81" s="98">
         <v>54220</v>
       </c>
-      <c r="M81" s="99">
+      <c r="M81" s="98">
         <v>54.22</v>
       </c>
-      <c r="N81" s="99"/>
-      <c r="O81" s="101">
+      <c r="N81" s="98"/>
+      <c r="O81" s="100">
         <v>54165.78</v>
       </c>
     </row>
     <row r="82" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A82" s="16">
         <f t="shared" si="15"/>
         <v>2021</v>
       </c>
-      <c r="B82" s="102" t="s">
+      <c r="B82" s="101" t="s">
         <v>99</v>
       </c>
-      <c r="C82" s="103">
+      <c r="C82" s="102">
         <f t="shared" si="18"/>
         <v>29531558.880000003</v>
       </c>
-      <c r="D82" s="99">
+      <c r="D82" s="98">
         <v>611000</v>
       </c>
-      <c r="E82" s="100">
+      <c r="E82" s="99">
         <f t="shared" si="19"/>
         <v>52.642307692307689</v>
       </c>
-      <c r="F82" s="99">
+      <c r="F82" s="98">
         <v>32164450</v>
       </c>
-      <c r="G82" s="99">
+      <c r="G82" s="98">
         <f t="shared" si="20"/>
         <v>32164.45</v>
       </c>
-      <c r="H82" s="99">
+      <c r="H82" s="98">
         <v>2600726.67</v>
       </c>
-      <c r="I82" s="101">
+      <c r="I82" s="100">
         <f t="shared" si="21"/>
         <v>29531558.880000003</v>
       </c>
-      <c r="J82" s="99"/>
-[...4 lines deleted...]
-      <c r="O82" s="101"/>
+      <c r="J82" s="98"/>
+      <c r="K82" s="99"/>
+      <c r="L82" s="98"/>
+      <c r="M82" s="98"/>
+      <c r="N82" s="98"/>
+      <c r="O82" s="100"/>
     </row>
     <row r="83" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A83" s="16">
         <f t="shared" si="15"/>
         <v>2021</v>
       </c>
-      <c r="B83" s="102" t="s">
+      <c r="B83" s="101" t="s">
         <v>100</v>
       </c>
-      <c r="C83" s="103">
+      <c r="C83" s="102">
         <f t="shared" si="18"/>
         <v>32830516.770000003</v>
       </c>
-      <c r="D83" s="99">
+      <c r="D83" s="98">
         <v>611000</v>
       </c>
-      <c r="E83" s="100">
+      <c r="E83" s="99">
         <f t="shared" si="19"/>
         <v>53.593846153846151</v>
       </c>
-      <c r="F83" s="99">
+      <c r="F83" s="98">
         <v>32745840</v>
       </c>
-      <c r="G83" s="99">
+      <c r="G83" s="98">
         <f t="shared" si="20"/>
         <v>32745.84</v>
       </c>
-      <c r="H83" s="99">
+      <c r="H83" s="98">
         <v>2536401.06</v>
       </c>
-      <c r="I83" s="101">
+      <c r="I83" s="100">
         <f t="shared" si="21"/>
         <v>32777419.770000003</v>
       </c>
-      <c r="J83" s="99">
+      <c r="J83" s="98">
         <v>1000</v>
       </c>
-      <c r="K83" s="100">
+      <c r="K83" s="99">
         <v>53.15</v>
       </c>
-      <c r="L83" s="99">
+      <c r="L83" s="98">
         <v>53150</v>
       </c>
-      <c r="M83" s="99">
+      <c r="M83" s="98">
         <v>53</v>
       </c>
-      <c r="N83" s="99"/>
-      <c r="O83" s="101">
+      <c r="N83" s="98"/>
+      <c r="O83" s="100">
         <v>53097</v>
       </c>
     </row>
     <row r="84" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A84" s="16">
         <f t="shared" si="15"/>
         <v>2021</v>
       </c>
-      <c r="B84" s="102" t="s">
+      <c r="B84" s="101" t="s">
         <v>101</v>
       </c>
-      <c r="C84" s="103">
+      <c r="C84" s="102">
         <f t="shared" si="18"/>
         <v>18306505.170000002</v>
       </c>
-      <c r="D84" s="99">
+      <c r="D84" s="98">
         <v>304500</v>
       </c>
-      <c r="E84" s="100">
+      <c r="E84" s="99">
         <f t="shared" si="19"/>
         <v>56.283628899835797</v>
       </c>
-      <c r="F84" s="99">
+      <c r="F84" s="98">
         <v>17138365</v>
       </c>
-      <c r="G84" s="99">
+      <c r="G84" s="98">
         <f t="shared" si="20"/>
         <v>17138.365000000002</v>
       </c>
-      <c r="H84" s="99">
+      <c r="H84" s="98">
         <v>1351122.5249999999</v>
       </c>
-      <c r="I84" s="101">
+      <c r="I84" s="100">
         <f t="shared" si="21"/>
         <v>18306505.170000002</v>
       </c>
-      <c r="J84" s="99"/>
-[...4 lines deleted...]
-      <c r="O84" s="101"/>
+      <c r="J84" s="98"/>
+      <c r="K84" s="99"/>
+      <c r="L84" s="98"/>
+      <c r="M84" s="98"/>
+      <c r="N84" s="98"/>
+      <c r="O84" s="100"/>
     </row>
     <row r="85" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A85" s="16">
         <f t="shared" si="15"/>
         <v>2021</v>
       </c>
-      <c r="B85" s="102" t="s">
+      <c r="B85" s="101" t="s">
         <v>102</v>
       </c>
-      <c r="C85" s="103">
+      <c r="C85" s="102">
         <f t="shared" si="18"/>
         <v>23397728.849999998</v>
       </c>
-      <c r="D85" s="99">
+      <c r="D85" s="98">
         <v>390000</v>
       </c>
-      <c r="E85" s="100">
+      <c r="E85" s="99">
         <f t="shared" si="19"/>
         <v>61.546666666666667</v>
       </c>
-      <c r="F85" s="99">
+      <c r="F85" s="98">
         <v>24003200</v>
       </c>
-      <c r="G85" s="99">
+      <c r="G85" s="98">
         <f t="shared" si="20"/>
         <v>24003.200000000001</v>
       </c>
-      <c r="H85" s="99">
+      <c r="H85" s="98">
         <v>1992530.4750000001</v>
       </c>
-      <c r="I85" s="101">
+      <c r="I85" s="100">
         <f t="shared" si="21"/>
         <v>23337788.849999998</v>
       </c>
-      <c r="J85" s="99">
+      <c r="J85" s="98">
         <v>1000</v>
       </c>
-      <c r="K85" s="100">
+      <c r="K85" s="99">
         <v>60</v>
       </c>
-      <c r="L85" s="99">
+      <c r="L85" s="98">
         <v>60000</v>
       </c>
-      <c r="M85" s="99">
+      <c r="M85" s="98">
         <v>60</v>
       </c>
-      <c r="N85" s="99"/>
-      <c r="O85" s="101">
+      <c r="N85" s="98"/>
+      <c r="O85" s="100">
         <v>59940</v>
       </c>
     </row>
     <row r="86" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A86" s="16">
         <f t="shared" si="15"/>
         <v>2021</v>
       </c>
-      <c r="B86" s="102" t="s">
+      <c r="B86" s="101" t="s">
         <v>103</v>
       </c>
-      <c r="C86" s="103">
+      <c r="C86" s="102">
         <f t="shared" si="18"/>
         <v>23267184.525000002</v>
       </c>
-      <c r="D86" s="99">
+      <c r="D86" s="98">
         <v>390000</v>
       </c>
-      <c r="E86" s="100">
+      <c r="E86" s="99">
         <f t="shared" si="19"/>
         <v>59.515833333333333</v>
       </c>
-      <c r="F86" s="99">
+      <c r="F86" s="98">
         <v>23211175</v>
       </c>
-      <c r="G86" s="99">
+      <c r="G86" s="98">
         <f t="shared" si="20"/>
         <v>23211.174999999999</v>
       </c>
-      <c r="H86" s="99">
+      <c r="H86" s="98">
         <v>1913309.7749999999</v>
       </c>
-      <c r="I86" s="101">
+      <c r="I86" s="100">
         <f t="shared" si="21"/>
         <v>23267184.525000002</v>
       </c>
-      <c r="J86" s="99"/>
-[...4 lines deleted...]
-      <c r="O86" s="101"/>
+      <c r="J86" s="98"/>
+      <c r="K86" s="99"/>
+      <c r="L86" s="98"/>
+      <c r="M86" s="98"/>
+      <c r="N86" s="98"/>
+      <c r="O86" s="100"/>
     </row>
     <row r="87" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A87" s="16">
         <f t="shared" si="15"/>
         <v>2021</v>
       </c>
-      <c r="B87" s="102" t="s">
+      <c r="B87" s="101" t="s">
         <v>104</v>
       </c>
-      <c r="C87" s="103">
+      <c r="C87" s="102">
         <f t="shared" si="18"/>
         <v>27043039.890000001</v>
       </c>
-      <c r="D87" s="99">
+      <c r="D87" s="98">
         <v>455000</v>
       </c>
-      <c r="E87" s="100">
+      <c r="E87" s="99">
         <f t="shared" si="19"/>
         <v>65.679285714285712</v>
       </c>
-      <c r="F87" s="99">
+      <c r="F87" s="98">
         <v>29884075</v>
       </c>
-      <c r="G87" s="99">
+      <c r="G87" s="98">
         <f t="shared" si="20"/>
         <v>29884.075000000001</v>
       </c>
-      <c r="H87" s="99">
+      <c r="H87" s="98">
         <v>4847397.75</v>
       </c>
-      <c r="I87" s="101">
+      <c r="I87" s="100">
         <f t="shared" si="21"/>
         <v>26920102.949999999</v>
       </c>
-      <c r="J87" s="99">
+      <c r="J87" s="98">
         <v>2000</v>
       </c>
-      <c r="K87" s="100">
+      <c r="K87" s="99">
         <v>61.53</v>
       </c>
-      <c r="L87" s="99">
+      <c r="L87" s="98">
         <v>123060</v>
       </c>
-      <c r="M87" s="99">
+      <c r="M87" s="98">
         <v>123.06</v>
       </c>
-      <c r="N87" s="99"/>
-      <c r="O87" s="101">
+      <c r="N87" s="98"/>
+      <c r="O87" s="100">
         <v>122936.94</v>
       </c>
     </row>
     <row r="88" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A88" s="16">
         <f t="shared" si="15"/>
         <v>2021</v>
       </c>
-      <c r="B88" s="104" t="s">
+      <c r="B88" s="103" t="s">
         <v>105</v>
       </c>
-      <c r="C88" s="105">
+      <c r="C88" s="104">
         <f t="shared" si="18"/>
         <v>26495343.135000002</v>
       </c>
       <c r="D88" s="26">
         <v>269500</v>
       </c>
-      <c r="E88" s="106">
+      <c r="E88" s="105">
         <f t="shared" si="19"/>
         <v>80.406734693877553</v>
       </c>
       <c r="F88" s="26">
         <v>21669615</v>
       </c>
       <c r="G88" s="26">
         <f t="shared" si="20"/>
         <v>21669.615000000002</v>
       </c>
       <c r="H88" s="26"/>
-      <c r="I88" s="107">
+      <c r="I88" s="106">
         <f t="shared" si="21"/>
         <v>26495343.135000002</v>
       </c>
       <c r="J88" s="26"/>
-      <c r="K88" s="106"/>
+      <c r="K88" s="105"/>
       <c r="L88" s="26"/>
       <c r="M88" s="26"/>
       <c r="N88" s="26"/>
-      <c r="O88" s="107"/>
+      <c r="O88" s="106"/>
     </row>
     <row r="89" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A89" s="16">
         <f t="shared" si="15"/>
         <v>2022</v>
       </c>
-      <c r="B89" s="102">
+      <c r="B89" s="101">
         <v>44562</v>
       </c>
-      <c r="C89" s="98">
+      <c r="C89" s="97">
         <f t="shared" si="18"/>
         <v>22627564.785</v>
       </c>
-      <c r="D89" s="99">
+      <c r="D89" s="98">
         <v>305000</v>
       </c>
-      <c r="E89" s="100">
+      <c r="E89" s="99">
         <f t="shared" si="19"/>
         <v>83.066000000000003</v>
       </c>
-      <c r="F89" s="99">
+      <c r="F89" s="98">
         <v>25335130</v>
       </c>
-      <c r="G89" s="99">
+      <c r="G89" s="98">
         <f t="shared" si="20"/>
         <v>25335.13</v>
       </c>
-      <c r="H89" s="99">
+      <c r="H89" s="98">
         <v>2682230.085</v>
       </c>
-      <c r="I89" s="101">
+      <c r="I89" s="100">
         <f t="shared" si="21"/>
         <v>22627564.785</v>
       </c>
-      <c r="J89" s="99"/>
-[...4 lines deleted...]
-      <c r="O89" s="101"/>
+      <c r="J89" s="98"/>
+      <c r="K89" s="99"/>
+      <c r="L89" s="98"/>
+      <c r="M89" s="98"/>
+      <c r="N89" s="98"/>
+      <c r="O89" s="100"/>
     </row>
     <row r="90" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A90" s="16">
         <f t="shared" si="15"/>
         <v>2022</v>
       </c>
-      <c r="B90" s="102">
+      <c r="B90" s="101">
         <v>44593</v>
       </c>
-      <c r="C90" s="103">
+      <c r="C90" s="102">
         <f t="shared" si="18"/>
         <v>33270905.789999999</v>
       </c>
-      <c r="D90" s="99">
+      <c r="D90" s="98">
         <v>366000</v>
       </c>
-      <c r="E90" s="100">
+      <c r="E90" s="99">
         <f t="shared" si="19"/>
         <v>90.13886612021858</v>
       </c>
-      <c r="F90" s="99">
+      <c r="F90" s="98">
         <v>32990825</v>
       </c>
-      <c r="G90" s="99">
+      <c r="G90" s="98">
         <f t="shared" si="20"/>
         <v>32990.824999999997</v>
       </c>
-      <c r="H90" s="99">
+      <c r="H90" s="98">
         <v>2465591.94</v>
       </c>
-      <c r="I90" s="101">
+      <c r="I90" s="100">
         <f t="shared" si="21"/>
         <v>33174472.32</v>
       </c>
-      <c r="J90" s="99">
+      <c r="J90" s="98">
         <v>1000</v>
       </c>
-      <c r="K90" s="100">
+      <c r="K90" s="99">
         <f>L90/J90</f>
         <v>96.53</v>
       </c>
-      <c r="L90" s="99">
+      <c r="L90" s="98">
         <v>96530</v>
       </c>
-      <c r="M90" s="99">
+      <c r="M90" s="98">
         <f>L90*0.001</f>
         <v>96.53</v>
       </c>
-      <c r="N90" s="99"/>
-      <c r="O90" s="101">
+      <c r="N90" s="98"/>
+      <c r="O90" s="100">
         <f>L90-M90</f>
         <v>96433.47</v>
       </c>
     </row>
     <row r="91" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A91" s="16">
         <f t="shared" si="15"/>
         <v>2022</v>
       </c>
-      <c r="B91" s="102">
+      <c r="B91" s="101">
         <v>44621</v>
       </c>
-      <c r="C91" s="103">
+      <c r="C91" s="102">
         <f t="shared" si="18"/>
         <v>31687061.220000003</v>
       </c>
-      <c r="D91" s="99">
+      <c r="D91" s="98">
         <v>427000</v>
       </c>
-      <c r="E91" s="100">
+      <c r="E91" s="99">
         <f t="shared" si="19"/>
         <v>74.16357142857143</v>
       </c>
-      <c r="F91" s="99">
+      <c r="F91" s="98">
         <v>31667845</v>
       </c>
-      <c r="G91" s="99">
+      <c r="G91" s="98">
         <f t="shared" si="20"/>
         <v>31667.845000000001</v>
       </c>
-      <c r="H91" s="99">
+      <c r="H91" s="98">
         <v>2414707.875</v>
       </c>
-      <c r="I91" s="101">
+      <c r="I91" s="100">
         <f t="shared" si="21"/>
         <v>31687061.220000003</v>
       </c>
-      <c r="J91" s="99"/>
-[...4 lines deleted...]
-      <c r="O91" s="101"/>
+      <c r="J91" s="98"/>
+      <c r="K91" s="99"/>
+      <c r="L91" s="98"/>
+      <c r="M91" s="98"/>
+      <c r="N91" s="98"/>
+      <c r="O91" s="100"/>
     </row>
     <row r="92" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A92" s="16">
         <f t="shared" si="15"/>
         <v>2022</v>
       </c>
-      <c r="B92" s="102">
+      <c r="B92" s="101">
         <v>44652</v>
       </c>
-      <c r="C92" s="103">
+      <c r="C92" s="102">
         <f t="shared" si="18"/>
         <v>29404546.02</v>
       </c>
-      <c r="D92" s="99">
+      <c r="D92" s="98">
         <v>335500</v>
       </c>
-      <c r="E92" s="100">
+      <c r="E92" s="99">
         <f t="shared" si="19"/>
         <v>80.293636363636367</v>
       </c>
-      <c r="F92" s="99">
+      <c r="F92" s="98">
         <v>26938515</v>
       </c>
-      <c r="G92" s="99">
+      <c r="G92" s="98">
         <f t="shared" si="20"/>
         <v>26938.514999999999</v>
       </c>
-      <c r="H92" s="99"/>
-      <c r="I92" s="101">
+      <c r="H92" s="98"/>
+      <c r="I92" s="100">
         <f t="shared" si="21"/>
         <v>29326284.359999999</v>
       </c>
-      <c r="J92" s="99">
+      <c r="J92" s="98">
         <v>1000</v>
       </c>
-      <c r="K92" s="100">
+      <c r="K92" s="99">
         <f>L92/J92</f>
         <v>78.34</v>
       </c>
-      <c r="L92" s="99">
+      <c r="L92" s="98">
         <v>78340</v>
       </c>
-      <c r="M92" s="99">
+      <c r="M92" s="98">
         <f>L92*0.001</f>
         <v>78.34</v>
       </c>
-      <c r="N92" s="99"/>
-      <c r="O92" s="101">
+      <c r="N92" s="98"/>
+      <c r="O92" s="100">
         <f>L92-M92</f>
         <v>78261.66</v>
       </c>
     </row>
     <row r="93" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A93" s="16">
         <f t="shared" si="15"/>
         <v>2022</v>
       </c>
-      <c r="B93" s="102">
+      <c r="B93" s="101">
         <v>44682</v>
       </c>
-      <c r="C93" s="103">
+      <c r="C93" s="102">
         <f t="shared" si="18"/>
         <v>31123375.470000003</v>
       </c>
-      <c r="D93" s="99">
+      <c r="D93" s="98">
         <v>396500</v>
       </c>
-      <c r="E93" s="100">
+      <c r="E93" s="99">
         <f t="shared" si="19"/>
         <v>85.006923076923073</v>
       </c>
-      <c r="F93" s="99">
+      <c r="F93" s="98">
         <v>33705245</v>
       </c>
-      <c r="G93" s="99">
+      <c r="G93" s="98">
         <f t="shared" si="20"/>
         <v>33705.245000000003</v>
       </c>
-      <c r="H93" s="99">
+      <c r="H93" s="98">
         <v>2548164.2850000001</v>
       </c>
-      <c r="I93" s="101">
+      <c r="I93" s="100">
         <f t="shared" si="21"/>
         <v>31123375.470000003</v>
       </c>
-      <c r="J93" s="99"/>
-[...4 lines deleted...]
-      <c r="O93" s="101"/>
+      <c r="J93" s="98"/>
+      <c r="K93" s="99"/>
+      <c r="L93" s="98"/>
+      <c r="M93" s="98"/>
+      <c r="N93" s="98"/>
+      <c r="O93" s="100"/>
     </row>
     <row r="94" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A94" s="16">
         <f t="shared" si="15"/>
         <v>2022</v>
       </c>
-      <c r="B94" s="102">
+      <c r="B94" s="101">
         <v>44713</v>
       </c>
-      <c r="C94" s="103">
+      <c r="C94" s="102">
         <f t="shared" si="18"/>
         <v>27820142.010000002</v>
       </c>
-      <c r="D94" s="99">
+      <c r="D94" s="98">
         <v>335500</v>
       </c>
-      <c r="E94" s="100">
+      <c r="E94" s="99">
         <f t="shared" si="19"/>
         <v>83.151818181818186</v>
       </c>
-      <c r="F94" s="99">
+      <c r="F94" s="98">
         <v>27897435</v>
       </c>
-      <c r="G94" s="99">
+      <c r="G94" s="98">
         <f t="shared" si="20"/>
         <v>27897.435000000001</v>
       </c>
-      <c r="H94" s="99">
+      <c r="H94" s="98">
         <v>2681925.39</v>
       </c>
-      <c r="I94" s="101">
+      <c r="I94" s="100">
         <f t="shared" si="21"/>
         <v>27735776.460000001</v>
       </c>
-      <c r="J94" s="99">
+      <c r="J94" s="98">
         <v>1000</v>
       </c>
-      <c r="K94" s="100">
+      <c r="K94" s="99">
         <v>84.45</v>
       </c>
-      <c r="L94" s="99">
+      <c r="L94" s="98">
         <f>K94*J94</f>
         <v>84450</v>
       </c>
-      <c r="M94" s="99">
+      <c r="M94" s="98">
         <f>L94*0.001</f>
         <v>84.45</v>
       </c>
-      <c r="N94" s="99"/>
-      <c r="O94" s="101">
+      <c r="N94" s="98"/>
+      <c r="O94" s="100">
         <f>L94-M94</f>
         <v>84365.55</v>
       </c>
     </row>
     <row r="95" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A95" s="16">
         <f t="shared" si="15"/>
         <v>2022</v>
       </c>
-      <c r="B95" s="102">
+      <c r="B95" s="101">
         <v>44743</v>
       </c>
-      <c r="C95" s="103">
+      <c r="C95" s="102">
         <f t="shared" si="18"/>
         <v>32407664.895</v>
       </c>
-      <c r="D95" s="99">
+      <c r="D95" s="98">
         <v>366000</v>
       </c>
-      <c r="E95" s="100">
+      <c r="E95" s="99">
         <f t="shared" si="19"/>
         <v>81.299166666666665</v>
       </c>
-      <c r="F95" s="99">
+      <c r="F95" s="98">
         <v>29755495</v>
       </c>
-      <c r="G95" s="99">
+      <c r="G95" s="98">
         <f t="shared" si="20"/>
         <v>29755.494999999999</v>
       </c>
-      <c r="H95" s="99"/>
-      <c r="I95" s="101">
+      <c r="H95" s="98"/>
+      <c r="I95" s="100">
         <f t="shared" si="21"/>
         <v>32407664.895</v>
       </c>
-      <c r="J95" s="99"/>
-[...4 lines deleted...]
-      <c r="O95" s="101"/>
+      <c r="J95" s="98"/>
+      <c r="K95" s="99"/>
+      <c r="L95" s="98"/>
+      <c r="M95" s="98"/>
+      <c r="N95" s="98"/>
+      <c r="O95" s="100"/>
     </row>
     <row r="96" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A96" s="16">
         <f t="shared" si="15"/>
         <v>2022</v>
       </c>
-      <c r="B96" s="102">
+      <c r="B96" s="101">
         <v>44774</v>
       </c>
-      <c r="C96" s="103">
+      <c r="C96" s="102">
         <v>21198725.055</v>
       </c>
-      <c r="D96" s="99">
+      <c r="D96" s="98">
         <v>243000</v>
       </c>
-      <c r="E96" s="100">
+      <c r="E96" s="99">
         <f t="shared" si="19"/>
         <v>87.324876543209882</v>
       </c>
-      <c r="F96" s="99">
+      <c r="F96" s="98">
         <v>21219945</v>
       </c>
-      <c r="G96" s="99">
+      <c r="G96" s="98">
         <f t="shared" si="20"/>
         <v>21219.945</v>
       </c>
-      <c r="H96" s="99"/>
-      <c r="I96" s="101">
+      <c r="H96" s="98"/>
+      <c r="I96" s="100">
         <f t="shared" si="21"/>
         <v>21198725.055</v>
       </c>
-      <c r="J96" s="99"/>
-[...4 lines deleted...]
-      <c r="O96" s="101"/>
+      <c r="J96" s="98"/>
+      <c r="K96" s="99"/>
+      <c r="L96" s="98"/>
+      <c r="M96" s="98"/>
+      <c r="N96" s="98"/>
+      <c r="O96" s="100"/>
     </row>
     <row r="97" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A97" s="16">
         <f t="shared" si="15"/>
         <v>2022</v>
       </c>
-      <c r="B97" s="102">
+      <c r="B97" s="101">
         <v>44805</v>
       </c>
-      <c r="C97" s="103">
+      <c r="C97" s="102">
         <v>25591383.000000004</v>
       </c>
-      <c r="D97" s="99">
+      <c r="D97" s="98">
         <v>396000</v>
       </c>
-      <c r="E97" s="100">
+      <c r="E97" s="99">
         <v>69.906666666666666</v>
       </c>
-      <c r="F97" s="99">
+      <c r="F97" s="98">
         <v>27683040</v>
       </c>
-      <c r="G97" s="99">
+      <c r="G97" s="98">
         <v>27683.040000000001</v>
       </c>
-      <c r="H97" s="99">
+      <c r="H97" s="98">
         <v>2132964.9</v>
       </c>
-      <c r="I97" s="101">
+      <c r="I97" s="100">
         <v>25522392.060000002</v>
       </c>
-      <c r="J97" s="99">
+      <c r="J97" s="98">
         <v>1000</v>
       </c>
-      <c r="K97" s="100">
+      <c r="K97" s="99">
         <v>69.06</v>
       </c>
-      <c r="L97" s="99">
+      <c r="L97" s="98">
         <v>69060</v>
       </c>
-      <c r="M97" s="99">
+      <c r="M97" s="98">
         <v>69.06</v>
       </c>
-      <c r="N97" s="99"/>
-      <c r="O97" s="101">
+      <c r="N97" s="98"/>
+      <c r="O97" s="100">
         <f>L97-M97</f>
         <v>68990.94</v>
       </c>
     </row>
     <row r="98" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A98" s="16">
         <f t="shared" si="15"/>
         <v>2022</v>
       </c>
-      <c r="B98" s="102">
+      <c r="B98" s="101">
         <v>44835</v>
       </c>
-      <c r="C98" s="103">
+      <c r="C98" s="102">
         <v>29035355.579999998</v>
       </c>
-      <c r="D98" s="99">
+      <c r="D98" s="98">
         <v>429000</v>
       </c>
-      <c r="E98" s="100">
+      <c r="E98" s="99">
         <v>68.825384615384621</v>
       </c>
-      <c r="F98" s="99">
+      <c r="F98" s="98">
         <v>29526090</v>
       </c>
-      <c r="G98" s="99">
+      <c r="G98" s="98">
         <v>29526.09</v>
       </c>
-      <c r="H98" s="99">
+      <c r="H98" s="98">
         <v>2594173.23</v>
       </c>
-      <c r="I98" s="101">
+      <c r="I98" s="100">
         <v>29035355.579999998</v>
       </c>
-      <c r="J98" s="99"/>
-[...4 lines deleted...]
-      <c r="O98" s="101"/>
+      <c r="J98" s="98"/>
+      <c r="K98" s="99"/>
+      <c r="L98" s="98"/>
+      <c r="M98" s="98"/>
+      <c r="N98" s="98"/>
+      <c r="O98" s="100"/>
     </row>
     <row r="99" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A99" s="16">
         <f t="shared" si="15"/>
         <v>2022</v>
       </c>
-      <c r="B99" s="102">
+      <c r="B99" s="101">
         <v>44866</v>
       </c>
-      <c r="C99" s="103">
+      <c r="C99" s="102">
         <v>32545352.070000052</v>
       </c>
-      <c r="D99" s="99">
+      <c r="D99" s="98">
         <v>429000</v>
       </c>
-      <c r="E99" s="100">
+      <c r="E99" s="99">
         <v>75.607692307692304</v>
       </c>
-      <c r="F99" s="99">
+      <c r="F99" s="98">
         <v>32435700</v>
       </c>
-      <c r="G99" s="99">
+      <c r="G99" s="98">
         <v>32435.7</v>
       </c>
-      <c r="H99" s="99">
+      <c r="H99" s="98">
         <v>2600436.96</v>
       </c>
-      <c r="I99" s="101">
+      <c r="I99" s="100">
         <v>32397000.57</v>
       </c>
-      <c r="J99" s="99">
+      <c r="J99" s="98">
         <v>2000</v>
       </c>
-      <c r="K99" s="100">
+      <c r="K99" s="99">
         <v>74.25</v>
       </c>
-      <c r="L99" s="99">
+      <c r="L99" s="98">
         <v>148500</v>
       </c>
-      <c r="M99" s="99">
+      <c r="M99" s="98">
         <v>148.5</v>
       </c>
-      <c r="N99" s="99"/>
-      <c r="O99" s="101">
+      <c r="N99" s="98"/>
+      <c r="O99" s="100">
         <v>148351.5</v>
       </c>
     </row>
     <row r="100" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A100" s="16">
         <f t="shared" si="15"/>
         <v>2022</v>
       </c>
-      <c r="B100" s="104">
+      <c r="B100" s="103">
         <v>44896</v>
       </c>
-      <c r="C100" s="105">
+      <c r="C100" s="104">
         <v>25809334.830000002</v>
       </c>
       <c r="D100" s="26">
         <v>268000</v>
       </c>
-      <c r="E100" s="106">
+      <c r="E100" s="105">
         <v>86.687052238805975</v>
       </c>
       <c r="F100" s="26">
         <v>23232130</v>
       </c>
       <c r="G100" s="26">
         <v>23232.13</v>
       </c>
       <c r="H100" s="26"/>
-      <c r="I100" s="107">
+      <c r="I100" s="106">
         <v>25809334.830000002</v>
       </c>
       <c r="J100" s="26"/>
-      <c r="K100" s="106"/>
+      <c r="K100" s="105"/>
       <c r="L100" s="26"/>
       <c r="M100" s="26"/>
       <c r="N100" s="26"/>
-      <c r="O100" s="107"/>
+      <c r="O100" s="106"/>
     </row>
     <row r="101" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B101" s="102">
+      <c r="B101" s="101">
         <v>44927</v>
       </c>
-      <c r="C101" s="98">
+      <c r="C101" s="97">
         <v>22066286.625000007</v>
       </c>
-      <c r="D101" s="99">
+      <c r="D101" s="98">
         <v>341000</v>
       </c>
-      <c r="E101" s="100">
+      <c r="E101" s="99">
         <v>80.056363636363642</v>
       </c>
-      <c r="F101" s="99">
+      <c r="F101" s="98">
         <v>27299220.000000004</v>
       </c>
-      <c r="G101" s="99">
+      <c r="G101" s="98">
         <v>27299.220000000005</v>
       </c>
-      <c r="H101" s="99">
+      <c r="H101" s="98">
         <v>5322951.72</v>
       </c>
-      <c r="I101" s="101">
+      <c r="I101" s="100">
         <v>21948969.060000006</v>
       </c>
-      <c r="J101" s="99">
+      <c r="J101" s="98">
         <v>1500</v>
       </c>
-      <c r="K101" s="100">
+      <c r="K101" s="99">
         <v>78.290000000000006</v>
       </c>
-      <c r="L101" s="99">
+      <c r="L101" s="98">
         <v>117435.00000000001</v>
       </c>
-      <c r="M101" s="99">
+      <c r="M101" s="98">
         <v>117.43500000000002</v>
       </c>
-      <c r="N101" s="99"/>
-      <c r="O101" s="101">
+      <c r="N101" s="98"/>
+      <c r="O101" s="100">
         <v>117317.56500000002</v>
       </c>
     </row>
     <row r="102" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B102" s="102">
+      <c r="B102" s="101">
         <v>44958</v>
       </c>
-      <c r="C102" s="103">
+      <c r="C102" s="102">
         <v>33633882.450000003</v>
       </c>
-      <c r="D102" s="99">
+      <c r="D102" s="98">
         <v>372000</v>
       </c>
-      <c r="E102" s="100">
+      <c r="E102" s="99">
         <v>92.135000000000005</v>
       </c>
-      <c r="F102" s="99">
+      <c r="F102" s="98">
         <v>34274220</v>
       </c>
-      <c r="G102" s="99">
+      <c r="G102" s="98">
         <v>34274.22</v>
       </c>
-      <c r="H102" s="99">
+      <c r="H102" s="98">
         <v>5929015.0499999998</v>
       </c>
-      <c r="I102" s="101">
+      <c r="I102" s="100">
         <v>33633882.450000003</v>
       </c>
-      <c r="J102" s="99"/>
-[...4 lines deleted...]
-      <c r="O102" s="101"/>
+      <c r="J102" s="98"/>
+      <c r="K102" s="99"/>
+      <c r="L102" s="98"/>
+      <c r="M102" s="98"/>
+      <c r="N102" s="98"/>
+      <c r="O102" s="100"/>
     </row>
     <row r="103" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B103" s="102">
+      <c r="B103" s="101">
         <v>44986</v>
       </c>
-      <c r="C103" s="103">
+      <c r="C103" s="102">
         <v>39219391.350000001</v>
       </c>
-      <c r="D103" s="99">
+      <c r="D103" s="98">
         <v>403000</v>
       </c>
-      <c r="E103" s="100">
+      <c r="E103" s="99">
         <v>89.093076923076922</v>
       </c>
-      <c r="F103" s="99">
+      <c r="F103" s="98">
         <v>35904510</v>
       </c>
-      <c r="G103" s="99">
+      <c r="G103" s="98">
         <v>35904.51</v>
       </c>
-      <c r="H103" s="99">
+      <c r="H103" s="98">
         <v>2707309.98</v>
       </c>
-      <c r="I103" s="101">
+      <c r="I103" s="100">
         <v>39090310.560000002</v>
       </c>
-      <c r="J103" s="99">
+      <c r="J103" s="98">
         <v>1500</v>
       </c>
-      <c r="K103" s="100">
+      <c r="K103" s="99">
         <v>86.14</v>
       </c>
-      <c r="L103" s="99">
+      <c r="L103" s="98">
         <v>129210</v>
       </c>
-      <c r="M103" s="99">
+      <c r="M103" s="98">
         <v>129.21</v>
       </c>
-      <c r="N103" s="99"/>
-      <c r="O103" s="101">
+      <c r="N103" s="98"/>
+      <c r="O103" s="100">
         <v>129080.79</v>
       </c>
     </row>
     <row r="104" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B104" s="102">
+      <c r="B104" s="101">
         <v>45017</v>
       </c>
-      <c r="C104" s="103">
+      <c r="C104" s="102">
         <v>30770247.620000005</v>
       </c>
-      <c r="D104" s="99">
+      <c r="D104" s="98">
         <v>341000</v>
       </c>
-      <c r="E104" s="100">
+      <c r="E104" s="99">
         <v>90.13454545454546</v>
       </c>
-      <c r="F104" s="99">
+      <c r="F104" s="98">
         <v>30735880.000000004</v>
       </c>
-      <c r="G104" s="99">
+      <c r="G104" s="98">
         <v>30735.880000000005</v>
       </c>
-      <c r="H104" s="99">
+      <c r="H104" s="98">
         <v>2642206.4800000004</v>
       </c>
-      <c r="I104" s="101">
+      <c r="I104" s="100">
         <v>30770247.620000005</v>
       </c>
-      <c r="J104" s="99"/>
-[...4 lines deleted...]
-      <c r="O104" s="101"/>
+      <c r="J104" s="98"/>
+      <c r="K104" s="99"/>
+      <c r="L104" s="98"/>
+      <c r="M104" s="98"/>
+      <c r="N104" s="98"/>
+      <c r="O104" s="100"/>
     </row>
     <row r="105" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B105" s="102">
+      <c r="B105" s="101">
         <v>45047</v>
       </c>
-      <c r="C105" s="103">
+      <c r="C105" s="102">
         <v>31702995.269999996</v>
       </c>
-      <c r="D105" s="99">
+      <c r="D105" s="98">
         <v>341000</v>
       </c>
-      <c r="E105" s="100">
+      <c r="E105" s="99">
         <v>83.657272727272712</v>
       </c>
-      <c r="F105" s="99">
+      <c r="F105" s="98">
         <v>28527129.999999996</v>
       </c>
-      <c r="G105" s="99">
+      <c r="G105" s="98">
         <v>28527.129999999997</v>
       </c>
-      <c r="H105" s="99">
+      <c r="H105" s="98">
         <v>433944.28999999911</v>
       </c>
-      <c r="I105" s="101">
+      <c r="I105" s="100">
         <v>31574753.639999997</v>
       </c>
-      <c r="J105" s="99">
+      <c r="J105" s="98">
         <v>1500</v>
       </c>
-      <c r="K105" s="100">
+      <c r="K105" s="99">
         <v>85.58</v>
       </c>
-      <c r="L105" s="99">
+      <c r="L105" s="98">
         <v>128370</v>
       </c>
-      <c r="M105" s="99">
+      <c r="M105" s="98">
         <v>128.37</v>
       </c>
-      <c r="N105" s="99"/>
-      <c r="O105" s="101">
+      <c r="N105" s="98"/>
+      <c r="O105" s="100">
         <v>128241.63</v>
       </c>
     </row>
     <row r="106" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B106" s="102">
+      <c r="B106" s="101">
         <v>45078</v>
       </c>
-      <c r="C106" s="103">
+      <c r="C106" s="102">
         <v>34075500.389999986</v>
       </c>
-      <c r="D106" s="99">
+      <c r="D106" s="98">
         <v>403000</v>
       </c>
-      <c r="E106" s="100">
+      <c r="E106" s="99">
         <v>85.16</v>
       </c>
-      <c r="F106" s="99">
+      <c r="F106" s="98">
         <v>34320720</v>
       </c>
-      <c r="G106" s="99">
+      <c r="G106" s="98">
         <v>34320.720000000001</v>
       </c>
-      <c r="H106" s="99">
+      <c r="H106" s="98">
         <v>210898.8900000155</v>
       </c>
-      <c r="I106" s="101">
+      <c r="I106" s="100">
         <v>34075500.389999986</v>
       </c>
-      <c r="J106" s="99"/>
-[...4 lines deleted...]
-      <c r="O106" s="101"/>
+      <c r="J106" s="98"/>
+      <c r="K106" s="99"/>
+      <c r="L106" s="98"/>
+      <c r="M106" s="98"/>
+      <c r="N106" s="98"/>
+      <c r="O106" s="100"/>
     </row>
     <row r="107" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B107" s="102">
+      <c r="B107" s="101">
         <v>45108</v>
       </c>
-      <c r="C107" s="103">
+      <c r="C107" s="102">
         <v>34866089.010000028</v>
       </c>
-      <c r="D107" s="99">
+      <c r="D107" s="98">
         <v>403000</v>
       </c>
-      <c r="E107" s="100">
+      <c r="E107" s="99">
         <v>86.28923076923077</v>
       </c>
-      <c r="F107" s="99">
+      <c r="F107" s="98">
         <v>34774560</v>
       </c>
-      <c r="G107" s="99">
+      <c r="G107" s="98">
         <v>34774.559999999998</v>
       </c>
-      <c r="H107" s="99">
+      <c r="H107" s="98">
         <v>1548.4499999806285</v>
       </c>
-      <c r="I107" s="101">
+      <c r="I107" s="100">
         <v>34738236.990000017</v>
       </c>
-      <c r="J107" s="99">
+      <c r="J107" s="98">
         <v>1500</v>
       </c>
-      <c r="K107" s="100">
+      <c r="K107" s="99">
         <v>85.32</v>
       </c>
-      <c r="L107" s="99">
+      <c r="L107" s="98">
         <v>127979.99999999999</v>
       </c>
-      <c r="M107" s="99">
+      <c r="M107" s="98">
         <v>127.97999999999999</v>
       </c>
-      <c r="N107" s="99"/>
-      <c r="O107" s="101">
+      <c r="N107" s="98"/>
+      <c r="O107" s="100">
         <v>127852.01999999999</v>
       </c>
     </row>
     <row r="108" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B108" s="102">
+      <c r="B108" s="101">
         <v>45139</v>
       </c>
-      <c r="C108" s="103">
+      <c r="C108" s="102">
         <v>19193787</v>
       </c>
-      <c r="D108" s="99">
+      <c r="D108" s="98">
         <v>205000</v>
       </c>
-      <c r="E108" s="100">
+      <c r="E108" s="99">
         <v>84.807857142857159</v>
       </c>
-      <c r="F108" s="99">
+      <c r="F108" s="98">
         <v>17382050</v>
       </c>
-      <c r="G108" s="99">
+      <c r="G108" s="98">
         <v>17382.05</v>
       </c>
-      <c r="H108" s="99">
+      <c r="H108" s="98">
         <v>1829119.0500000007</v>
       </c>
-      <c r="I108" s="101">
+      <c r="I108" s="100">
         <v>19193787</v>
       </c>
-      <c r="J108" s="99"/>
-[...4 lines deleted...]
-      <c r="O108" s="101"/>
+      <c r="J108" s="98"/>
+      <c r="K108" s="99"/>
+      <c r="L108" s="98"/>
+      <c r="M108" s="98"/>
+      <c r="N108" s="98"/>
+      <c r="O108" s="100"/>
     </row>
     <row r="109" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B109" s="102">
+      <c r="B109" s="101">
         <v>45170</v>
       </c>
-      <c r="C109" s="103">
+      <c r="C109" s="102">
         <v>34822396.390000015</v>
       </c>
-      <c r="D109" s="99">
+      <c r="D109" s="98">
         <v>423500</v>
       </c>
-      <c r="E109" s="100">
+      <c r="E109" s="99">
         <v>81.809090909090884</v>
       </c>
-      <c r="F109" s="99">
+      <c r="F109" s="98">
         <v>34646150</v>
       </c>
-      <c r="G109" s="99">
+      <c r="G109" s="98">
         <v>34646.15</v>
       </c>
-      <c r="H109" s="99">
+      <c r="H109" s="98">
         <v>91312.240000016987</v>
       </c>
-      <c r="I109" s="101">
+      <c r="I109" s="100">
         <v>34702816.090000018</v>
       </c>
-      <c r="J109" s="99">
+      <c r="J109" s="98">
         <v>1500</v>
       </c>
-      <c r="K109" s="100">
+      <c r="K109" s="99">
         <v>79.8</v>
       </c>
-      <c r="L109" s="99">
+      <c r="L109" s="98">
         <v>119700</v>
       </c>
-      <c r="M109" s="99">
+      <c r="M109" s="98">
         <v>119.7</v>
       </c>
-      <c r="N109" s="99"/>
-      <c r="O109" s="101">
+      <c r="N109" s="98"/>
+      <c r="O109" s="100">
         <v>119580.3</v>
       </c>
     </row>
     <row r="110" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B110" s="102">
+      <c r="B110" s="101">
         <v>45200</v>
       </c>
-      <c r="C110" s="103">
+      <c r="C110" s="102">
         <v>40499959.469999969</v>
       </c>
-      <c r="D110" s="99">
+      <c r="D110" s="98">
         <v>539000</v>
       </c>
-      <c r="E110" s="100">
+      <c r="E110" s="99">
         <v>80.609285714285718</v>
       </c>
-      <c r="F110" s="99">
+      <c r="F110" s="98">
         <v>43448405</v>
       </c>
-      <c r="G110" s="99">
+      <c r="G110" s="98">
         <v>43448.404999999999</v>
       </c>
-      <c r="H110" s="99">
+      <c r="H110" s="98">
         <v>2904997.1250000298</v>
       </c>
-      <c r="I110" s="101">
+      <c r="I110" s="100">
         <v>40499959.469999969</v>
       </c>
-      <c r="J110" s="99"/>
-[...4 lines deleted...]
-      <c r="O110" s="101"/>
+      <c r="J110" s="98"/>
+      <c r="K110" s="99"/>
+      <c r="L110" s="98"/>
+      <c r="M110" s="98"/>
+      <c r="N110" s="98"/>
+      <c r="O110" s="100"/>
     </row>
     <row r="111" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B111" s="102">
+      <c r="B111" s="101">
         <v>45231</v>
       </c>
-      <c r="C111" s="108">
+      <c r="C111" s="107">
         <v>41200168.589999996</v>
       </c>
-      <c r="D111" s="99">
+      <c r="D111" s="98">
         <v>500500</v>
       </c>
-      <c r="E111" s="100">
+      <c r="E111" s="99">
         <v>75.49769230769229</v>
       </c>
-      <c r="F111" s="99">
+      <c r="F111" s="98">
         <v>37786594.999999993</v>
       </c>
-      <c r="G111" s="99">
+      <c r="G111" s="98">
         <v>37786.594999999994</v>
       </c>
-      <c r="H111" s="109">
+      <c r="H111" s="108">
         <v>3332304.3600000003</v>
       </c>
-      <c r="I111" s="101">
+      <c r="I111" s="100">
         <v>41081112.764999993</v>
       </c>
-      <c r="J111" s="99">
+      <c r="J111" s="98">
         <v>1500</v>
       </c>
-      <c r="K111" s="100">
+      <c r="K111" s="99">
         <v>79.45</v>
       </c>
-      <c r="L111" s="99">
+      <c r="L111" s="98">
         <v>119175</v>
       </c>
-      <c r="M111" s="99">
+      <c r="M111" s="98">
         <v>119.175</v>
       </c>
-      <c r="N111" s="99"/>
-      <c r="O111" s="101">
+      <c r="N111" s="98"/>
+      <c r="O111" s="100">
         <v>119055.825</v>
       </c>
     </row>
     <row r="112" spans="1:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B112" s="104">
+      <c r="B112" s="103">
         <v>45261</v>
       </c>
-      <c r="C112" s="105">
+      <c r="C112" s="104">
         <v>21132536.279999971</v>
       </c>
       <c r="D112" s="26">
         <v>269000</v>
       </c>
-      <c r="E112" s="106">
+      <c r="E112" s="105">
         <v>68.5</v>
       </c>
       <c r="F112" s="26">
         <v>18426500</v>
       </c>
       <c r="G112" s="26">
         <v>18426.5</v>
       </c>
       <c r="H112" s="26">
         <v>2724462.7799999705</v>
       </c>
-      <c r="I112" s="107">
+      <c r="I112" s="106">
         <v>21132536.279999971</v>
       </c>
       <c r="J112" s="26"/>
-      <c r="K112" s="106"/>
+      <c r="K112" s="105"/>
       <c r="L112" s="26"/>
       <c r="M112" s="26"/>
       <c r="N112" s="26"/>
-      <c r="O112" s="107"/>
+      <c r="O112" s="106"/>
     </row>
     <row r="113" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B113" s="110">
+      <c r="B113" s="109">
         <v>45292</v>
       </c>
-      <c r="C113" s="98">
+      <c r="C113" s="97">
         <v>13472444.07</v>
       </c>
-      <c r="D113" s="99">
+      <c r="D113" s="98">
         <v>248000</v>
       </c>
-      <c r="E113" s="100">
+      <c r="E113" s="99">
         <v>61.356250000000003</v>
       </c>
-      <c r="F113" s="99">
+      <c r="F113" s="98">
         <v>15216350</v>
       </c>
-      <c r="G113" s="99">
+      <c r="G113" s="98">
         <v>15216.35</v>
       </c>
-      <c r="H113" s="99">
+      <c r="H113" s="98">
         <v>1852565.58</v>
       </c>
-      <c r="I113" s="101">
+      <c r="I113" s="100">
         <v>13348568.07</v>
       </c>
-      <c r="J113" s="99">
+      <c r="J113" s="98">
         <v>2000</v>
       </c>
-      <c r="K113" s="100">
+      <c r="K113" s="99">
         <v>62</v>
       </c>
-      <c r="L113" s="99">
+      <c r="L113" s="98">
         <v>124000</v>
       </c>
-      <c r="M113" s="99">
+      <c r="M113" s="98">
         <v>124</v>
       </c>
-      <c r="N113" s="99"/>
-      <c r="O113" s="101">
+      <c r="N113" s="98"/>
+      <c r="O113" s="100">
         <v>123876</v>
       </c>
     </row>
     <row r="114" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B114" s="110">
+      <c r="B114" s="109">
         <v>45323</v>
       </c>
-      <c r="C114" s="103">
+      <c r="C114" s="102">
         <v>22445092.440000001</v>
       </c>
-      <c r="D114" s="99">
+      <c r="D114" s="98">
         <v>403000</v>
       </c>
-      <c r="E114" s="100">
+      <c r="E114" s="99">
         <v>55.372307692307693</v>
       </c>
-      <c r="F114" s="99">
+      <c r="F114" s="98">
         <v>22315040</v>
       </c>
-      <c r="G114" s="99">
+      <c r="G114" s="98">
         <v>22315.040000000001</v>
       </c>
-      <c r="H114" s="99">
+      <c r="H114" s="98">
         <v>152367.47999999998</v>
       </c>
-      <c r="I114" s="101">
+      <c r="I114" s="100">
         <v>22445092.440000001</v>
       </c>
-      <c r="J114" s="99"/>
-[...4 lines deleted...]
-      <c r="O114" s="101"/>
+      <c r="J114" s="98"/>
+      <c r="K114" s="99"/>
+      <c r="L114" s="98"/>
+      <c r="M114" s="98"/>
+      <c r="N114" s="98"/>
+      <c r="O114" s="100"/>
     </row>
     <row r="115" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B115" s="110">
+      <c r="B115" s="109">
         <v>45352</v>
       </c>
-      <c r="C115" s="103">
+      <c r="C115" s="102">
         <v>21403465.109999999</v>
       </c>
-      <c r="D115" s="99">
+      <c r="D115" s="98">
         <v>370947</v>
       </c>
-      <c r="E115" s="100">
+      <c r="E115" s="99">
         <v>57.870000000000005</v>
       </c>
-      <c r="F115" s="99">
+      <c r="F115" s="98">
         <v>21466702.890000001</v>
       </c>
-      <c r="G115" s="99">
+      <c r="G115" s="98">
         <v>21466.70289</v>
       </c>
-      <c r="H115" s="99">
+      <c r="H115" s="98">
         <v>-157455.27710999991</v>
       </c>
-      <c r="I115" s="101">
+      <c r="I115" s="100">
         <v>21287780.91</v>
       </c>
-      <c r="J115" s="99">
+      <c r="J115" s="98">
         <v>2000</v>
       </c>
-      <c r="K115" s="100">
+      <c r="K115" s="99">
         <v>57.9</v>
       </c>
-      <c r="L115" s="99">
+      <c r="L115" s="98">
         <v>115800</v>
       </c>
-      <c r="M115" s="99">
+      <c r="M115" s="98">
         <v>115.8</v>
       </c>
-      <c r="N115" s="99"/>
-      <c r="O115" s="101">
+      <c r="N115" s="98"/>
+      <c r="O115" s="100">
         <v>115684.2</v>
       </c>
     </row>
     <row r="116" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B116" s="110">
+      <c r="B116" s="109">
         <v>45383</v>
       </c>
-      <c r="C116" s="103">
+      <c r="C116" s="102">
         <v>23437958.580000006</v>
       </c>
-      <c r="D116" s="99">
+      <c r="D116" s="98">
         <v>403000</v>
       </c>
-      <c r="E116" s="100">
+      <c r="E116" s="99">
         <v>63.518461538461537</v>
       </c>
-      <c r="F116" s="99">
+      <c r="F116" s="98">
         <v>25597940</v>
       </c>
-      <c r="G116" s="99">
+      <c r="G116" s="98">
         <v>25597.940000000002</v>
       </c>
-      <c r="H116" s="99">
+      <c r="H116" s="98">
         <v>2134383.4799999939</v>
       </c>
-      <c r="I116" s="101">
+      <c r="I116" s="100">
         <v>23437958.580000006</v>
       </c>
-      <c r="J116" s="99"/>
-[...4 lines deleted...]
-      <c r="O116" s="101"/>
+      <c r="J116" s="98"/>
+      <c r="K116" s="99"/>
+      <c r="L116" s="98"/>
+      <c r="M116" s="98"/>
+      <c r="N116" s="98"/>
+      <c r="O116" s="100"/>
     </row>
     <row r="117" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B117" s="110">
+      <c r="B117" s="109">
         <v>45413</v>
       </c>
-      <c r="C117" s="103">
+      <c r="C117" s="102">
         <v>25892072.00999999</v>
       </c>
-      <c r="D117" s="99">
+      <c r="D117" s="98">
         <v>341000</v>
       </c>
-      <c r="E117" s="100">
+      <c r="E117" s="99">
         <v>70.437272727272727</v>
       </c>
-      <c r="F117" s="99">
+      <c r="F117" s="98">
         <v>24019110</v>
       </c>
-      <c r="G117" s="99">
+      <c r="G117" s="98">
         <v>24019.11</v>
       </c>
-      <c r="H117" s="99">
+      <c r="H117" s="98">
         <v>1758419.8199999901</v>
       </c>
-      <c r="I117" s="101">
+      <c r="I117" s="100">
         <v>25753510.70999999</v>
       </c>
-      <c r="J117" s="99">
+      <c r="J117" s="98">
         <v>2000</v>
       </c>
-      <c r="K117" s="100">
+      <c r="K117" s="99">
         <v>69.349999999999994</v>
       </c>
-      <c r="L117" s="99">
+      <c r="L117" s="98">
         <v>138700</v>
       </c>
-      <c r="M117" s="99">
+      <c r="M117" s="98">
         <v>138.70000000000002</v>
       </c>
-      <c r="N117" s="99"/>
-      <c r="O117" s="101">
+      <c r="N117" s="98"/>
+      <c r="O117" s="100">
         <v>138561.29999999999</v>
       </c>
     </row>
     <row r="118" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B118" s="110">
+      <c r="B118" s="109">
         <v>45444</v>
       </c>
-      <c r="C118" s="103">
+      <c r="C118" s="102">
         <v>25765898.310000002</v>
       </c>
-      <c r="D118" s="99">
+      <c r="D118" s="98">
         <v>372000</v>
       </c>
-      <c r="E118" s="100">
+      <c r="E118" s="99">
         <v>68.846666666666664</v>
       </c>
-      <c r="F118" s="99">
+      <c r="F118" s="98">
         <v>25610960</v>
       </c>
-      <c r="G118" s="99">
+      <c r="G118" s="98">
         <v>25610.959999999999</v>
       </c>
-      <c r="H118" s="99">
+      <c r="H118" s="98">
         <v>180549.27000000328</v>
       </c>
-      <c r="I118" s="101">
+      <c r="I118" s="100">
         <v>25765898.310000002</v>
       </c>
-      <c r="J118" s="99"/>
-[...4 lines deleted...]
-      <c r="O118" s="101"/>
+      <c r="J118" s="98"/>
+      <c r="K118" s="99"/>
+      <c r="L118" s="98"/>
+      <c r="M118" s="98"/>
+      <c r="N118" s="98"/>
+      <c r="O118" s="100"/>
     </row>
     <row r="119" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B119" s="110">
+      <c r="B119" s="109">
         <v>45474</v>
       </c>
-      <c r="C119" s="103">
+      <c r="C119" s="102">
         <v>29018872.079999998</v>
       </c>
-      <c r="D119" s="99">
+      <c r="D119" s="98">
         <v>434000</v>
       </c>
-      <c r="E119" s="100">
+      <c r="E119" s="99">
         <v>66.647142857142853</v>
       </c>
-      <c r="F119" s="99">
+      <c r="F119" s="98">
         <v>28924860</v>
       </c>
-      <c r="G119" s="99">
+      <c r="G119" s="98">
         <v>28924.86</v>
       </c>
-      <c r="H119" s="99">
+      <c r="H119" s="98">
         <v>-11768.220000002533</v>
       </c>
-      <c r="I119" s="101">
+      <c r="I119" s="100">
         <v>28884166.919999998</v>
       </c>
-      <c r="J119" s="99">
+      <c r="J119" s="98">
         <v>2000</v>
       </c>
-      <c r="K119" s="100">
+      <c r="K119" s="99">
         <v>67.42</v>
       </c>
-      <c r="L119" s="99">
+      <c r="L119" s="98">
         <v>134840</v>
       </c>
-      <c r="M119" s="99">
+      <c r="M119" s="98">
         <v>134.84</v>
       </c>
-      <c r="N119" s="99"/>
-      <c r="O119" s="101">
+      <c r="N119" s="98"/>
+      <c r="O119" s="100">
         <v>134705.16</v>
       </c>
     </row>
     <row r="120" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B120" s="110">
+      <c r="B120" s="109">
         <v>45505</v>
       </c>
-      <c r="C120" s="103">
+      <c r="C120" s="102">
         <v>28038713.219999999</v>
       </c>
-      <c r="D120" s="99">
+      <c r="D120" s="98">
         <v>410000</v>
       </c>
-      <c r="E120" s="100">
+      <c r="E120" s="99">
         <v>69.865195121951217</v>
       </c>
-      <c r="F120" s="99">
+      <c r="F120" s="98">
         <v>28644730</v>
       </c>
-      <c r="G120" s="99">
+      <c r="G120" s="98">
         <v>28644.73</v>
       </c>
-      <c r="H120" s="99">
+      <c r="H120" s="98">
         <v>-577372.05000000075</v>
       </c>
-      <c r="I120" s="101">
+      <c r="I120" s="100">
         <v>28038713.219999999</v>
       </c>
-      <c r="J120" s="99"/>
-[...4 lines deleted...]
-      <c r="O120" s="101"/>
+      <c r="J120" s="98"/>
+      <c r="K120" s="99"/>
+      <c r="L120" s="98"/>
+      <c r="M120" s="98"/>
+      <c r="N120" s="98"/>
+      <c r="O120" s="100"/>
     </row>
     <row r="121" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B121" s="110">
+      <c r="B121" s="109">
         <v>45536</v>
       </c>
-      <c r="C121" s="103">
+      <c r="C121" s="102">
         <v>28594466.909999996</v>
       </c>
-      <c r="D121" s="99">
+      <c r="D121" s="98">
         <v>429000</v>
       </c>
-      <c r="E121" s="100">
+      <c r="E121" s="99">
         <v>65.324615384615385</v>
       </c>
-      <c r="F121" s="99">
+      <c r="F121" s="98">
         <v>28024260</v>
       </c>
-      <c r="G121" s="99">
+      <c r="G121" s="98">
         <v>28024.260000000002</v>
       </c>
-      <c r="H121" s="99">
+      <c r="H121" s="98">
         <v>472756.76999999955</v>
       </c>
-      <c r="I121" s="101">
+      <c r="I121" s="100">
         <v>28468992.509999998</v>
       </c>
-      <c r="J121" s="99">
+      <c r="J121" s="98">
         <v>2000</v>
       </c>
-      <c r="K121" s="100">
+      <c r="K121" s="99">
         <v>62.8</v>
       </c>
-      <c r="L121" s="99">
+      <c r="L121" s="98">
         <v>125600</v>
       </c>
-      <c r="M121" s="99">
+      <c r="M121" s="98">
         <v>125.60000000000001</v>
       </c>
-      <c r="N121" s="99"/>
-      <c r="O121" s="101">
+      <c r="N121" s="98"/>
+      <c r="O121" s="100">
         <v>125474.4</v>
       </c>
     </row>
     <row r="122" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B122" s="110">
+      <c r="B122" s="109">
         <v>45566</v>
       </c>
-      <c r="C122" s="103">
+      <c r="C122" s="102">
         <v>29185685.129999999</v>
       </c>
-      <c r="D122" s="99">
+      <c r="D122" s="98">
         <v>462000</v>
       </c>
-      <c r="E122" s="100">
+      <c r="E122" s="99">
         <v>63.170714285714283</v>
       </c>
-      <c r="F122" s="99">
+      <c r="F122" s="98">
         <v>29184870</v>
       </c>
-      <c r="G122" s="99">
+      <c r="G122" s="98">
         <v>29184.87</v>
       </c>
-      <c r="H122" s="99">
+      <c r="H122" s="98">
         <v>30000</v>
       </c>
-      <c r="I122" s="101">
+      <c r="I122" s="100">
         <v>29185685.129999999</v>
       </c>
-      <c r="O122" s="111"/>
+      <c r="O122" s="110"/>
     </row>
     <row r="123" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B123" s="110">
+      <c r="B123" s="109">
         <v>45597</v>
       </c>
-      <c r="C123" s="103">
+      <c r="C123" s="102">
         <v>26596646.729999989</v>
       </c>
-      <c r="D123" s="99">
+      <c r="D123" s="98">
         <v>396000</v>
       </c>
-      <c r="E123" s="100">
+      <c r="E123" s="99">
         <v>67.324999999999989</v>
       </c>
-      <c r="F123" s="99">
+      <c r="F123" s="98">
         <v>26660699.999999996</v>
       </c>
-      <c r="G123" s="99">
+      <c r="G123" s="98">
         <v>26660.699999999997</v>
       </c>
-      <c r="H123" s="99">
+      <c r="H123" s="98">
         <v>-103186.710000008</v>
       </c>
-      <c r="I123" s="101">
+      <c r="I123" s="100">
         <v>26530852.589999989</v>
       </c>
-      <c r="J123" s="99">
+      <c r="J123" s="98">
         <v>1000</v>
       </c>
-      <c r="K123" s="100">
+      <c r="K123" s="99">
         <v>65.86</v>
       </c>
-      <c r="L123" s="99">
+      <c r="L123" s="98">
         <v>65860</v>
       </c>
-      <c r="M123" s="99">
+      <c r="M123" s="98">
         <v>65.86</v>
       </c>
-      <c r="N123" s="99"/>
-      <c r="O123" s="101">
+      <c r="N123" s="98"/>
+      <c r="O123" s="100">
         <v>65794.14</v>
       </c>
     </row>
-    <row r="124" spans="2:15" s="112" customFormat="1" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B124" s="113">
+    <row r="124" spans="2:15" s="111" customFormat="1" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B124" s="112">
         <v>45627</v>
       </c>
-      <c r="C124" s="105">
+      <c r="C124" s="104">
         <v>17653269.040000018</v>
       </c>
       <c r="D124" s="26">
         <v>229000</v>
       </c>
-      <c r="E124" s="106">
+      <c r="E124" s="105">
         <v>67.347142857142856</v>
       </c>
       <c r="F124" s="26">
         <v>15422495.714285715</v>
       </c>
       <c r="G124" s="26">
         <v>15422.495714285715</v>
       </c>
       <c r="H124" s="26">
         <v>2246195.82142859</v>
       </c>
-      <c r="I124" s="107">
+      <c r="I124" s="106">
         <v>17653269.040000018</v>
       </c>
       <c r="J124" s="26"/>
-      <c r="K124" s="106"/>
+      <c r="K124" s="105"/>
       <c r="L124" s="26"/>
       <c r="M124" s="26"/>
       <c r="N124" s="26"/>
-      <c r="O124" s="107"/>
+      <c r="O124" s="106"/>
     </row>
     <row r="125" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B125" s="110">
+      <c r="B125" s="109">
         <v>45658</v>
       </c>
-      <c r="C125" s="98">
+      <c r="C125" s="97">
         <v>19561019.399999995</v>
       </c>
-      <c r="D125" s="99">
+      <c r="D125" s="98">
         <v>286000</v>
       </c>
-      <c r="E125" s="100">
+      <c r="E125" s="99">
         <v>75.879090909090891</v>
       </c>
-      <c r="F125" s="99">
+      <c r="F125" s="98">
         <v>21701419.999999996</v>
       </c>
-      <c r="G125" s="99">
+      <c r="G125" s="98">
         <v>21701.42</v>
       </c>
-      <c r="H125" s="99">
+      <c r="H125" s="98">
         <v>-2118699.1800000002</v>
       </c>
-      <c r="I125" s="101">
+      <c r="I125" s="100">
         <v>19561019.399999995</v>
       </c>
-      <c r="J125" s="99"/>
-[...4 lines deleted...]
-      <c r="O125" s="101"/>
+      <c r="J125" s="98"/>
+      <c r="K125" s="99"/>
+      <c r="L125" s="98"/>
+      <c r="M125" s="98"/>
+      <c r="N125" s="98"/>
+      <c r="O125" s="100"/>
     </row>
     <row r="126" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B126" s="110">
+      <c r="B126" s="109">
         <v>45689</v>
       </c>
-      <c r="C126" s="103">
+      <c r="C126" s="102">
         <v>23989586.399999999</v>
       </c>
-      <c r="D126" s="99">
+      <c r="D126" s="98">
         <v>312000</v>
       </c>
-      <c r="E126" s="100">
+      <c r="E126" s="99">
         <v>75.999166666666653</v>
       </c>
-      <c r="F126" s="99">
+      <c r="F126" s="98">
         <v>23711739.999999996</v>
       </c>
-      <c r="G126" s="99">
+      <c r="G126" s="98">
         <v>23711.739999999998</v>
       </c>
-      <c r="H126" s="99">
+      <c r="H126" s="98">
         <v>301558.14000000013</v>
       </c>
-      <c r="I126" s="101">
+      <c r="I126" s="100">
         <v>23989586.399999999</v>
       </c>
-      <c r="J126" s="99"/>
-[...4 lines deleted...]
-      <c r="O126" s="101"/>
+      <c r="J126" s="98"/>
+      <c r="K126" s="99"/>
+      <c r="L126" s="98"/>
+      <c r="M126" s="98"/>
+      <c r="N126" s="98"/>
+      <c r="O126" s="100"/>
     </row>
     <row r="127" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B127" s="110">
+      <c r="B127" s="109">
         <v>45717</v>
       </c>
-      <c r="C127" s="103">
+      <c r="C127" s="102">
         <v>23245431.299999997</v>
       </c>
-      <c r="D127" s="99">
+      <c r="D127" s="98">
         <v>338000</v>
       </c>
-      <c r="E127" s="100">
+      <c r="E127" s="99">
         <v>68.599230769230758</v>
       </c>
-      <c r="F127" s="99">
+      <c r="F127" s="98">
         <v>23186539.999999996</v>
       </c>
-      <c r="G127" s="99">
+      <c r="G127" s="98">
         <v>23186.539999999997</v>
       </c>
-      <c r="H127" s="99">
+      <c r="H127" s="98">
         <v>82077.840000000084</v>
       </c>
-      <c r="I127" s="101">
+      <c r="I127" s="100">
         <v>23245431.299999997</v>
       </c>
-      <c r="J127" s="99"/>
-[...4 lines deleted...]
-      <c r="O127" s="101"/>
+      <c r="J127" s="98"/>
+      <c r="K127" s="99"/>
+      <c r="L127" s="98"/>
+      <c r="M127" s="98"/>
+      <c r="N127" s="98"/>
+      <c r="O127" s="100"/>
     </row>
     <row r="128" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B128" s="110">
+      <c r="B128" s="109">
         <v>45748</v>
       </c>
-      <c r="C128" s="103">
+      <c r="C128" s="102">
         <v>19967512.499999996</v>
       </c>
-      <c r="D128" s="99">
+      <c r="D128" s="98">
         <v>312000</v>
       </c>
-      <c r="E128" s="100">
+      <c r="E128" s="99">
         <v>63.791666666666657</v>
       </c>
-      <c r="F128" s="99">
+      <c r="F128" s="98">
         <v>19902999.999999996</v>
       </c>
-      <c r="G128" s="99">
+      <c r="G128" s="98">
         <v>19902.999999999996</v>
       </c>
-      <c r="H128" s="99">
+      <c r="H128" s="98">
         <v>84415.5</v>
       </c>
-      <c r="I128" s="101">
+      <c r="I128" s="100">
         <v>19967512.499999996</v>
       </c>
-      <c r="J128" s="99"/>
-[...4 lines deleted...]
-      <c r="O128" s="101"/>
+      <c r="J128" s="98"/>
+      <c r="K128" s="99"/>
+      <c r="L128" s="98"/>
+      <c r="M128" s="98"/>
+      <c r="N128" s="98"/>
+      <c r="O128" s="100"/>
     </row>
     <row r="129" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B129" s="110">
+      <c r="B129" s="109">
         <v>45778</v>
       </c>
-      <c r="C129" s="103">
+      <c r="C129" s="102">
         <v>19861278.84</v>
       </c>
-      <c r="D129" s="99">
+      <c r="D129" s="98">
         <v>260000</v>
       </c>
-      <c r="E129" s="100">
+      <c r="E129" s="99">
         <v>70.111000000000004</v>
       </c>
-      <c r="F129" s="99">
+      <c r="F129" s="98">
         <v>18228860</v>
       </c>
-      <c r="G129" s="99">
+      <c r="G129" s="98">
         <v>18228.86</v>
       </c>
-      <c r="H129" s="99">
+      <c r="H129" s="98">
         <v>1650647.7</v>
       </c>
-      <c r="I129" s="101">
+      <c r="I129" s="100">
         <v>19861278.84</v>
       </c>
-      <c r="J129" s="99"/>
-[...4 lines deleted...]
-      <c r="O129" s="101"/>
+      <c r="J129" s="98"/>
+      <c r="K129" s="99"/>
+      <c r="L129" s="98"/>
+      <c r="M129" s="98"/>
+      <c r="N129" s="98"/>
+      <c r="O129" s="100"/>
     </row>
     <row r="130" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B130" s="110">
+      <c r="B130" s="109">
         <v>45809</v>
       </c>
-      <c r="C130" s="103">
+      <c r="C130" s="102">
         <v>20649589.739999998</v>
       </c>
-      <c r="D130" s="99">
+      <c r="D130" s="98">
         <v>312000</v>
       </c>
-      <c r="E130" s="100">
+      <c r="E130" s="99">
         <v>71.99666666666667</v>
       </c>
-      <c r="F130" s="99">
+      <c r="F130" s="98">
         <v>22462960</v>
       </c>
-      <c r="G130" s="99">
+      <c r="G130" s="98">
         <v>22462.959999999999</v>
       </c>
-      <c r="H130" s="99">
+      <c r="H130" s="98">
         <v>-1790907.3</v>
       </c>
-      <c r="I130" s="101">
+      <c r="I130" s="100">
         <v>20649589.739999998</v>
       </c>
-      <c r="J130" s="99"/>
-[...4 lines deleted...]
-      <c r="O130" s="101"/>
+      <c r="J130" s="98"/>
+      <c r="K130" s="99"/>
+      <c r="L130" s="98"/>
+      <c r="M130" s="98"/>
+      <c r="N130" s="98"/>
+      <c r="O130" s="100"/>
     </row>
     <row r="131" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B131" s="110">
+      <c r="B131" s="109">
         <v>45839</v>
       </c>
-      <c r="C131" s="103">
+      <c r="C131" s="102">
         <v>25396338.240000002</v>
       </c>
-      <c r="D131" s="99">
+      <c r="D131" s="98">
         <v>364000</v>
       </c>
-      <c r="E131" s="100">
+      <c r="E131" s="99">
         <v>70.057857142857145</v>
       </c>
-      <c r="F131" s="99">
+      <c r="F131" s="98">
         <v>25501060</v>
       </c>
-      <c r="G131" s="99">
+      <c r="G131" s="98">
         <v>25501.06</v>
       </c>
-      <c r="H131" s="99">
+      <c r="H131" s="98">
         <v>-79220.699999999953</v>
       </c>
-      <c r="I131" s="101">
+      <c r="I131" s="100">
         <v>25396338.240000002</v>
       </c>
-      <c r="J131" s="99"/>
-[...4 lines deleted...]
-      <c r="O131" s="101"/>
+      <c r="J131" s="98"/>
+      <c r="K131" s="99"/>
+      <c r="L131" s="98"/>
+      <c r="M131" s="98"/>
+      <c r="N131" s="98"/>
+      <c r="O131" s="100"/>
     </row>
     <row r="132" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B132" s="110">
+      <c r="B132" s="109">
         <v>45870</v>
       </c>
-      <c r="C132" s="103">
+      <c r="C132" s="102">
         <v>22107770.100000001</v>
       </c>
-      <c r="D132" s="99">
+      <c r="D132" s="98">
         <v>293000</v>
       </c>
-      <c r="E132" s="100">
+      <c r="E132" s="99">
         <v>70.840136518771331</v>
       </c>
-      <c r="F132" s="99">
+      <c r="F132" s="98">
         <v>20756160</v>
       </c>
-      <c r="G132" s="99">
+      <c r="G132" s="98">
         <v>20756.16</v>
       </c>
-      <c r="H132" s="99">
+      <c r="H132" s="98">
         <v>1372366.26</v>
       </c>
-      <c r="I132" s="101">
+      <c r="I132" s="100">
         <v>22107770.100000001</v>
       </c>
-      <c r="J132" s="99"/>
-[...4 lines deleted...]
-      <c r="O132" s="101"/>
+      <c r="J132" s="98"/>
+      <c r="K132" s="99"/>
+      <c r="L132" s="98"/>
+      <c r="M132" s="98"/>
+      <c r="N132" s="98"/>
+      <c r="O132" s="100"/>
     </row>
     <row r="133" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B133" s="110">
+      <c r="B133" s="109">
         <v>45901</v>
       </c>
-      <c r="C133" s="103">
+      <c r="C133" s="102">
         <v>24006049.920000002</v>
       </c>
-      <c r="D133" s="99">
+      <c r="D133" s="98">
         <v>364000</v>
       </c>
-      <c r="E133" s="100">
+      <c r="E133" s="99">
         <v>75.444285714285712</v>
       </c>
-      <c r="F133" s="99">
+      <c r="F133" s="98">
         <v>27461720</v>
       </c>
-      <c r="G133" s="99">
+      <c r="G133" s="98">
         <v>27461.72</v>
       </c>
-      <c r="H133" s="99">
+      <c r="H133" s="98">
         <v>-3428208.3600000003</v>
       </c>
-      <c r="I133" s="101">
+      <c r="I133" s="100">
         <v>24006049.920000002</v>
       </c>
-      <c r="J133" s="99"/>
-[...4 lines deleted...]
-      <c r="O133" s="101"/>
+      <c r="J133" s="98"/>
+      <c r="K133" s="99"/>
+      <c r="L133" s="98"/>
+      <c r="M133" s="98"/>
+      <c r="N133" s="98"/>
+      <c r="O133" s="100"/>
     </row>
     <row r="134" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B134" s="110">
+      <c r="B134" s="109">
         <v>45931</v>
       </c>
-      <c r="C134" s="103">
+      <c r="C134" s="102">
         <v>28251140.579999998</v>
       </c>
-      <c r="D134" s="99">
+      <c r="D134" s="98">
         <v>338000</v>
       </c>
-      <c r="E134" s="100">
+      <c r="E134" s="99">
         <v>78.094615384615381</v>
       </c>
-      <c r="F134" s="99">
+      <c r="F134" s="98">
         <v>26395980</v>
       </c>
-      <c r="G134" s="99">
+      <c r="G134" s="98">
         <v>26395.98</v>
       </c>
-      <c r="H134" s="99">
+      <c r="H134" s="98">
         <v>1881556.56</v>
       </c>
-      <c r="I134" s="101">
+      <c r="I134" s="100">
         <v>28251140.579999998</v>
       </c>
-      <c r="O134" s="111"/>
+      <c r="O134" s="110"/>
     </row>
     <row r="135" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B135" s="110">
+      <c r="B135" s="109">
         <v>45962</v>
       </c>
-      <c r="C135" s="103">
+      <c r="C135" s="102">
         <v>25026987.959999997</v>
       </c>
-      <c r="D135" s="99">
+      <c r="D135" s="98">
         <v>312000</v>
       </c>
-      <c r="E135" s="100">
+      <c r="E135" s="99">
         <v>80.49166666666666</v>
       </c>
-      <c r="F135" s="99">
+      <c r="F135" s="98">
         <v>25113399.999999996</v>
       </c>
-      <c r="G135" s="99">
+      <c r="G135" s="98">
         <v>25113.399999999998</v>
       </c>
-      <c r="H135" s="99">
+      <c r="H135" s="98">
         <v>-61298.64000000013</v>
       </c>
-      <c r="I135" s="101">
+      <c r="I135" s="100">
         <v>25026987.959999997</v>
       </c>
-      <c r="J135" s="99"/>
-[...7 lines deleted...]
-      <c r="B136" s="113">
+      <c r="J135" s="98"/>
+      <c r="K135" s="99"/>
+      <c r="L135" s="98"/>
+      <c r="M135" s="98"/>
+      <c r="N135" s="98"/>
+      <c r="O135" s="100"/>
+    </row>
+    <row r="136" spans="2:15" s="111" customFormat="1" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B136" s="112">
         <v>45992</v>
       </c>
-      <c r="C136" s="105"/>
-[...5 lines deleted...]
-      <c r="I136" s="107"/>
+      <c r="C136" s="104">
+        <v>17576326.080000002</v>
+      </c>
+      <c r="D136" s="26">
+        <v>187000</v>
+      </c>
+      <c r="E136" s="105">
+        <v>82.813368983957218</v>
+      </c>
+      <c r="F136" s="26">
+        <v>15486100</v>
+      </c>
+      <c r="G136" s="26">
+        <v>15486.1</v>
+      </c>
+      <c r="H136" s="26">
+        <v>2105712.1800000002</v>
+      </c>
+      <c r="I136" s="106">
+        <v>17576326.080000002</v>
+      </c>
       <c r="J136" s="26"/>
-      <c r="K136" s="106"/>
+      <c r="K136" s="105"/>
       <c r="L136" s="26"/>
       <c r="M136" s="26"/>
       <c r="N136" s="26"/>
-      <c r="O136" s="107"/>
+      <c r="O136" s="106"/>
     </row>
     <row r="137" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B137" s="110"/>
+      <c r="B137" s="109">
+        <v>46023</v>
+      </c>
+      <c r="C137" s="97">
+        <v>10967401.620000001</v>
+      </c>
+      <c r="D137" s="98">
+        <v>140000</v>
+      </c>
+      <c r="E137" s="99">
+        <v>86.675000000000011</v>
+      </c>
+      <c r="F137" s="98">
+        <v>12134500.000000002</v>
+      </c>
+      <c r="G137" s="98">
+        <v>12134.500000000002</v>
+      </c>
+      <c r="H137" s="98">
+        <v>-1154963.8799999999</v>
+      </c>
+      <c r="I137" s="100">
+        <v>10967401.620000001</v>
+      </c>
+      <c r="J137" s="98"/>
+      <c r="K137" s="99"/>
+      <c r="L137" s="98"/>
+      <c r="M137" s="98"/>
+      <c r="N137" s="98"/>
+      <c r="O137" s="100"/>
     </row>
     <row r="138" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B138" s="110"/>
+      <c r="B138" s="109">
+        <v>46054</v>
+      </c>
+      <c r="C138" s="102"/>
+      <c r="D138" s="98"/>
+      <c r="E138" s="99"/>
+      <c r="F138" s="98"/>
+      <c r="G138" s="98"/>
+      <c r="H138" s="98"/>
+      <c r="I138" s="100"/>
+      <c r="J138" s="98"/>
+      <c r="K138" s="99"/>
+      <c r="L138" s="98"/>
+      <c r="M138" s="98"/>
+      <c r="N138" s="98"/>
+      <c r="O138" s="100"/>
     </row>
     <row r="139" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B139" s="110"/>
+      <c r="B139" s="109">
+        <v>46082</v>
+      </c>
+      <c r="C139" s="102"/>
+      <c r="D139" s="98"/>
+      <c r="E139" s="99"/>
+      <c r="F139" s="98"/>
+      <c r="G139" s="98"/>
+      <c r="H139" s="98"/>
+      <c r="I139" s="100"/>
+      <c r="J139" s="98"/>
+      <c r="K139" s="99"/>
+      <c r="L139" s="98"/>
+      <c r="M139" s="98"/>
+      <c r="N139" s="98"/>
+      <c r="O139" s="100"/>
     </row>
     <row r="140" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B140" s="110"/>
+      <c r="B140" s="109">
+        <v>46113</v>
+      </c>
+      <c r="C140" s="102"/>
+      <c r="D140" s="98"/>
+      <c r="E140" s="99"/>
+      <c r="F140" s="98"/>
+      <c r="G140" s="98"/>
+      <c r="H140" s="98"/>
+      <c r="I140" s="100"/>
+      <c r="J140" s="98"/>
+      <c r="K140" s="99"/>
+      <c r="L140" s="98"/>
+      <c r="M140" s="98"/>
+      <c r="N140" s="98"/>
+      <c r="O140" s="100"/>
     </row>
     <row r="141" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B141" s="110"/>
+      <c r="B141" s="109">
+        <v>46143</v>
+      </c>
+      <c r="C141" s="102"/>
+      <c r="D141" s="98"/>
+      <c r="E141" s="99"/>
+      <c r="F141" s="98"/>
+      <c r="G141" s="98"/>
+      <c r="H141" s="98"/>
+      <c r="I141" s="100"/>
+      <c r="J141" s="98"/>
+      <c r="K141" s="99"/>
+      <c r="L141" s="98"/>
+      <c r="M141" s="98"/>
+      <c r="N141" s="98"/>
+      <c r="O141" s="100"/>
     </row>
     <row r="142" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B142" s="110"/>
+      <c r="B142" s="109">
+        <v>46174</v>
+      </c>
+      <c r="C142" s="102"/>
+      <c r="D142" s="98"/>
+      <c r="E142" s="99"/>
+      <c r="F142" s="98"/>
+      <c r="G142" s="98"/>
+      <c r="H142" s="98"/>
+      <c r="I142" s="100"/>
+      <c r="J142" s="98"/>
+      <c r="K142" s="99"/>
+      <c r="L142" s="98"/>
+      <c r="M142" s="98"/>
+      <c r="N142" s="98"/>
+      <c r="O142" s="100"/>
     </row>
     <row r="143" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B143" s="110"/>
+      <c r="B143" s="109">
+        <v>46204</v>
+      </c>
+      <c r="C143" s="102"/>
+      <c r="D143" s="98"/>
+      <c r="E143" s="99"/>
+      <c r="F143" s="98"/>
+      <c r="G143" s="98"/>
+      <c r="H143" s="98"/>
+      <c r="I143" s="100"/>
+      <c r="J143" s="98"/>
+      <c r="K143" s="99"/>
+      <c r="L143" s="98"/>
+      <c r="M143" s="98"/>
+      <c r="N143" s="98"/>
+      <c r="O143" s="100"/>
     </row>
     <row r="144" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B144" s="110"/>
-[...32 lines deleted...]
-      <c r="B155" s="110"/>
+      <c r="B144" s="109">
+        <v>46235</v>
+      </c>
+      <c r="C144" s="102"/>
+      <c r="D144" s="98"/>
+      <c r="E144" s="99"/>
+      <c r="F144" s="98"/>
+      <c r="G144" s="98"/>
+      <c r="H144" s="98"/>
+      <c r="I144" s="100"/>
+      <c r="J144" s="98"/>
+      <c r="K144" s="99"/>
+      <c r="L144" s="98"/>
+      <c r="M144" s="98"/>
+      <c r="N144" s="98"/>
+      <c r="O144" s="100"/>
+    </row>
+    <row r="145" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B145" s="109">
+        <v>46266</v>
+      </c>
+      <c r="C145" s="102"/>
+      <c r="D145" s="98"/>
+      <c r="E145" s="99"/>
+      <c r="F145" s="98"/>
+      <c r="G145" s="98"/>
+      <c r="H145" s="98"/>
+      <c r="I145" s="100"/>
+      <c r="J145" s="98"/>
+      <c r="K145" s="99"/>
+      <c r="L145" s="98"/>
+      <c r="M145" s="98"/>
+      <c r="N145" s="98"/>
+      <c r="O145" s="100"/>
+    </row>
+    <row r="146" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B146" s="109">
+        <v>46296</v>
+      </c>
+      <c r="C146" s="102"/>
+      <c r="D146" s="98"/>
+      <c r="E146" s="99"/>
+      <c r="F146" s="98"/>
+      <c r="G146" s="98"/>
+      <c r="H146" s="98"/>
+      <c r="I146" s="100"/>
+      <c r="O146" s="110"/>
+    </row>
+    <row r="147" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B147" s="109">
+        <v>46327</v>
+      </c>
+      <c r="C147" s="102"/>
+      <c r="D147" s="98"/>
+      <c r="E147" s="99"/>
+      <c r="F147" s="98"/>
+      <c r="G147" s="98"/>
+      <c r="H147" s="98"/>
+      <c r="I147" s="100"/>
+      <c r="J147" s="98"/>
+      <c r="K147" s="99"/>
+      <c r="L147" s="98"/>
+      <c r="M147" s="98"/>
+      <c r="N147" s="98"/>
+      <c r="O147" s="100"/>
+    </row>
+    <row r="148" spans="2:15" s="111" customFormat="1" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B148" s="112">
+        <v>46357</v>
+      </c>
+      <c r="C148" s="104"/>
+      <c r="D148" s="26"/>
+      <c r="E148" s="105"/>
+      <c r="F148" s="26"/>
+      <c r="G148" s="26"/>
+      <c r="H148" s="26"/>
+      <c r="I148" s="106"/>
+      <c r="J148" s="26"/>
+      <c r="K148" s="105"/>
+      <c r="L148" s="26"/>
+      <c r="M148" s="26"/>
+      <c r="N148" s="26"/>
+      <c r="O148" s="106"/>
+    </row>
+    <row r="149" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B149" s="109"/>
+      <c r="C149" s="97"/>
+      <c r="D149" s="98"/>
+      <c r="E149" s="99"/>
+      <c r="F149" s="98"/>
+      <c r="G149" s="98"/>
+      <c r="H149" s="98"/>
+      <c r="I149" s="100"/>
+      <c r="J149" s="98"/>
+      <c r="K149" s="99"/>
+      <c r="L149" s="98"/>
+      <c r="M149" s="98"/>
+      <c r="N149" s="98"/>
+      <c r="O149" s="100"/>
+    </row>
+    <row r="150" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B150" s="109"/>
+      <c r="C150" s="102"/>
+      <c r="D150" s="98"/>
+      <c r="E150" s="99"/>
+      <c r="F150" s="98"/>
+      <c r="G150" s="98"/>
+      <c r="H150" s="98"/>
+      <c r="I150" s="100"/>
+      <c r="J150" s="98"/>
+      <c r="K150" s="99"/>
+      <c r="L150" s="98"/>
+      <c r="M150" s="98"/>
+      <c r="N150" s="98"/>
+      <c r="O150" s="100"/>
+    </row>
+    <row r="151" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B151" s="109"/>
+      <c r="C151" s="102"/>
+      <c r="D151" s="98"/>
+      <c r="E151" s="99"/>
+      <c r="F151" s="98"/>
+      <c r="G151" s="98"/>
+      <c r="H151" s="98"/>
+      <c r="I151" s="100"/>
+      <c r="J151" s="98"/>
+      <c r="K151" s="99"/>
+      <c r="L151" s="98"/>
+      <c r="M151" s="98"/>
+      <c r="N151" s="98"/>
+      <c r="O151" s="100"/>
+    </row>
+    <row r="152" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B152" s="109"/>
+      <c r="C152" s="102"/>
+      <c r="D152" s="98"/>
+      <c r="E152" s="99"/>
+      <c r="F152" s="98"/>
+      <c r="G152" s="98"/>
+      <c r="H152" s="98"/>
+      <c r="I152" s="100"/>
+      <c r="J152" s="98"/>
+      <c r="K152" s="99"/>
+      <c r="L152" s="98"/>
+      <c r="M152" s="98"/>
+      <c r="N152" s="98"/>
+      <c r="O152" s="100"/>
+    </row>
+    <row r="153" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B153" s="109"/>
+      <c r="C153" s="102"/>
+      <c r="D153" s="98"/>
+      <c r="E153" s="99"/>
+      <c r="F153" s="98"/>
+      <c r="G153" s="98"/>
+      <c r="H153" s="98"/>
+      <c r="I153" s="100"/>
+      <c r="J153" s="98"/>
+      <c r="K153" s="99"/>
+      <c r="L153" s="98"/>
+      <c r="M153" s="98"/>
+      <c r="N153" s="98"/>
+      <c r="O153" s="100"/>
+    </row>
+    <row r="154" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B154" s="109"/>
+      <c r="C154" s="102"/>
+      <c r="D154" s="98"/>
+      <c r="E154" s="99"/>
+      <c r="F154" s="98"/>
+      <c r="G154" s="98"/>
+      <c r="H154" s="98"/>
+      <c r="I154" s="100"/>
+      <c r="J154" s="98"/>
+      <c r="K154" s="99"/>
+      <c r="L154" s="98"/>
+      <c r="M154" s="98"/>
+      <c r="N154" s="98"/>
+      <c r="O154" s="100"/>
+    </row>
+    <row r="155" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B155" s="109"/>
+      <c r="C155" s="102"/>
+      <c r="D155" s="98"/>
+      <c r="E155" s="99"/>
+      <c r="F155" s="98"/>
+      <c r="G155" s="98"/>
+      <c r="H155" s="98"/>
+      <c r="I155" s="100"/>
+      <c r="J155" s="98"/>
+      <c r="K155" s="99"/>
+      <c r="L155" s="98"/>
+      <c r="M155" s="98"/>
+      <c r="N155" s="98"/>
+      <c r="O155" s="100"/>
+    </row>
+    <row r="156" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B156" s="109"/>
+      <c r="C156" s="102"/>
+      <c r="D156" s="98"/>
+      <c r="E156" s="99"/>
+      <c r="F156" s="98"/>
+      <c r="G156" s="98"/>
+      <c r="H156" s="98"/>
+      <c r="I156" s="100"/>
+      <c r="J156" s="98"/>
+      <c r="K156" s="99"/>
+      <c r="L156" s="98"/>
+      <c r="M156" s="98"/>
+      <c r="N156" s="98"/>
+      <c r="O156" s="100"/>
+    </row>
+    <row r="157" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B157" s="109"/>
+      <c r="C157" s="102"/>
+      <c r="D157" s="98"/>
+      <c r="E157" s="99"/>
+      <c r="F157" s="98"/>
+      <c r="G157" s="98"/>
+      <c r="H157" s="98"/>
+      <c r="I157" s="100"/>
+      <c r="J157" s="98"/>
+      <c r="K157" s="99"/>
+      <c r="L157" s="98"/>
+      <c r="M157" s="98"/>
+      <c r="N157" s="98"/>
+      <c r="O157" s="100"/>
+    </row>
+    <row r="158" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B158" s="109"/>
+      <c r="C158" s="102"/>
+      <c r="D158" s="98"/>
+      <c r="E158" s="99"/>
+      <c r="F158" s="98"/>
+      <c r="G158" s="98"/>
+      <c r="H158" s="98"/>
+      <c r="I158" s="100"/>
+      <c r="O158" s="110"/>
+    </row>
+    <row r="159" spans="2:15" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B159" s="109"/>
+      <c r="C159" s="102"/>
+      <c r="D159" s="98"/>
+      <c r="E159" s="99"/>
+      <c r="F159" s="98"/>
+      <c r="G159" s="98"/>
+      <c r="H159" s="98"/>
+      <c r="I159" s="100"/>
+      <c r="J159" s="98"/>
+      <c r="K159" s="99"/>
+      <c r="L159" s="98"/>
+      <c r="M159" s="98"/>
+      <c r="N159" s="98"/>
+      <c r="O159" s="100"/>
+    </row>
+    <row r="160" spans="2:15" s="111" customFormat="1" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B160" s="112"/>
+      <c r="C160" s="104"/>
+      <c r="D160" s="26"/>
+      <c r="E160" s="105"/>
+      <c r="F160" s="26"/>
+      <c r="G160" s="26"/>
+      <c r="H160" s="26"/>
+      <c r="I160" s="106"/>
+      <c r="J160" s="26"/>
+      <c r="K160" s="105"/>
+      <c r="L160" s="26"/>
+      <c r="M160" s="26"/>
+      <c r="N160" s="26"/>
+      <c r="O160" s="106"/>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="J3:J4"/>
     <mergeCell ref="K3:K4"/>
     <mergeCell ref="L3:L4"/>
     <mergeCell ref="M3:M4"/>
     <mergeCell ref="N3:N4"/>
     <mergeCell ref="O3:O4"/>
     <mergeCell ref="B2:B4"/>
     <mergeCell ref="C2:C4"/>
     <mergeCell ref="D2:I2"/>
     <mergeCell ref="J2:O2"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:E4"/>
     <mergeCell ref="F3:F4"/>
     <mergeCell ref="G3:G4"/>
     <mergeCell ref="H3:H4"/>
     <mergeCell ref="I3:I4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait"/>
   <legacyDrawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6839D0F1-380C-472F-A14A-BD8A96766478}">
-  <dimension ref="A1:M75"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{985FF41D-567B-455C-8F5F-FFC86E323513}">
+  <dimension ref="A1:L87"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A65" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B75" sqref="B75"/>
+      <pane ySplit="2" topLeftCell="A48" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B76" sqref="B76"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="16.5" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="13.25" style="114" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="10" max="16384" width="9" style="63"/>
+    <col min="1" max="1" width="15" style="113" customWidth="1"/>
+    <col min="2" max="2" width="15.4140625" style="65" customWidth="1"/>
+    <col min="3" max="3" width="17.6640625" style="63" customWidth="1"/>
+    <col min="4" max="4" width="9.9140625" style="63" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="8.9140625" style="63" customWidth="1"/>
+    <col min="6" max="6" width="10.4140625" style="63" customWidth="1"/>
+    <col min="7" max="7" width="9" style="63"/>
+    <col min="8" max="8" width="14.4140625" style="63" bestFit="1" customWidth="1"/>
+    <col min="9" max="16384" width="9" style="63"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" s="66" customFormat="1" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:8" s="66" customFormat="1" ht="13.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="67" t="s">
         <v>127</v>
       </c>
       <c r="B1" s="68"/>
       <c r="C1" s="68"/>
-      <c r="D1" s="68"/>
-[...3 lines deleted...]
-      <c r="B2" s="116" t="s">
+    </row>
+    <row r="2" spans="1:8" s="66" customFormat="1" ht="14" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="114"/>
+      <c r="B2" s="115" t="s">
         <v>128</v>
       </c>
-      <c r="C2" s="116" t="s">
+      <c r="C2" s="115" t="s">
         <v>129</v>
       </c>
-      <c r="D2" s="117" t="s">
-[...4 lines deleted...]
-      <c r="A3" s="118">
+    </row>
+    <row r="3" spans="1:8" s="69" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="116">
         <v>43831</v>
       </c>
-      <c r="B3" s="119"/>
-[...3 lines deleted...]
-      <c r="A4" s="118">
+      <c r="B3" s="117"/>
+    </row>
+    <row r="4" spans="1:8" s="69" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="116">
         <v>43862</v>
       </c>
-      <c r="B4" s="120"/>
-[...5 lines deleted...]
-      <c r="A5" s="118">
+      <c r="B4" s="118"/>
+      <c r="C4" s="118"/>
+      <c r="H4" s="75"/>
+    </row>
+    <row r="5" spans="1:8" s="69" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="116">
         <v>43891</v>
       </c>
-      <c r="B5" s="120">
+      <c r="B5" s="118">
         <v>0.72899999999999998</v>
       </c>
-      <c r="C5" s="120">
+      <c r="C5" s="118">
         <v>15.771240000000001</v>
       </c>
-      <c r="D5" s="74"/>
-[...3 lines deleted...]
-      <c r="A6" s="118">
+      <c r="H5" s="75"/>
+    </row>
+    <row r="6" spans="1:8" s="69" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="116">
         <v>43922</v>
       </c>
-      <c r="B6" s="120">
+      <c r="B6" s="118">
         <v>10.348750000000001</v>
       </c>
-      <c r="C6" s="120"/>
-[...4 lines deleted...]
-      <c r="A7" s="118">
+      <c r="C6" s="118"/>
+      <c r="H6" s="75"/>
+    </row>
+    <row r="7" spans="1:8" s="69" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="116">
         <v>43952</v>
       </c>
-      <c r="B7" s="120">
+      <c r="B7" s="118">
         <v>1095.30745</v>
       </c>
-      <c r="C7" s="120"/>
-[...4 lines deleted...]
-      <c r="A8" s="118">
+      <c r="C7" s="118"/>
+      <c r="H7" s="75"/>
+    </row>
+    <row r="8" spans="1:8" s="69" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="116">
         <v>43983</v>
       </c>
-      <c r="B8" s="120">
+      <c r="B8" s="118">
         <v>7.3028600000000097</v>
       </c>
-      <c r="C8" s="120">
+      <c r="C8" s="118">
         <v>1126.4835600000001</v>
       </c>
-      <c r="D8" s="74"/>
-[...3 lines deleted...]
-      <c r="A9" s="118">
+      <c r="H8" s="75"/>
+    </row>
+    <row r="9" spans="1:8" s="69" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="116">
         <v>44013</v>
       </c>
-      <c r="B9" s="120">
+      <c r="B9" s="118">
         <v>102219.34604</v>
       </c>
-      <c r="C9" s="120"/>
-[...4 lines deleted...]
-      <c r="A10" s="118">
+      <c r="C9" s="118"/>
+      <c r="H9" s="75"/>
+    </row>
+    <row r="10" spans="1:8" s="69" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="116">
         <v>44044</v>
       </c>
-      <c r="B10" s="120">
+      <c r="B10" s="118">
         <v>71831.304509999987</v>
       </c>
-      <c r="C10" s="120"/>
-[...4 lines deleted...]
-      <c r="A11" s="118">
+      <c r="C10" s="118"/>
+      <c r="H10" s="75"/>
+    </row>
+    <row r="11" spans="1:8" s="69" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="116">
         <v>44075</v>
       </c>
-      <c r="B11" s="120"/>
-      <c r="C11" s="120">
+      <c r="B11" s="118"/>
+      <c r="C11" s="118">
         <v>1554.9980700000001</v>
       </c>
-      <c r="D11" s="74"/>
-[...3 lines deleted...]
-      <c r="A12" s="118">
+      <c r="H11" s="75"/>
+    </row>
+    <row r="12" spans="1:8" s="69" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="116">
         <v>44105</v>
       </c>
-      <c r="B12" s="120"/>
-[...5 lines deleted...]
-      <c r="A13" s="118">
+      <c r="B12" s="118"/>
+      <c r="C12" s="118"/>
+      <c r="H12" s="75"/>
+    </row>
+    <row r="13" spans="1:8" s="69" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="116">
         <v>44136</v>
       </c>
-      <c r="B13" s="120"/>
-[...1 lines deleted...]
-      <c r="D13" s="74"/>
+      <c r="B13" s="118"/>
+      <c r="C13" s="118"/>
+      <c r="D13" s="76"/>
       <c r="E13" s="76"/>
       <c r="F13" s="76"/>
-      <c r="G13" s="76"/>
-[...3 lines deleted...]
-      <c r="A14" s="121">
+      <c r="H13" s="75"/>
+    </row>
+    <row r="14" spans="1:8" s="69" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="119">
         <v>44166</v>
       </c>
-      <c r="B14" s="122">
+      <c r="B14" s="120">
         <v>253300.13609999997</v>
       </c>
-      <c r="C14" s="122">
+      <c r="C14" s="120">
         <v>1153.6185699999996</v>
       </c>
-      <c r="D14" s="122">
-[...5 lines deleted...]
-      <c r="A15" s="118">
+      <c r="H14" s="75"/>
+    </row>
+    <row r="15" spans="1:8" s="69" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="116">
         <v>44197</v>
       </c>
-      <c r="B15" s="119"/>
-      <c r="D15" s="74"/>
+      <c r="B15" s="117"/>
+      <c r="D15" s="79"/>
       <c r="E15" s="79"/>
-      <c r="F15" s="79"/>
-[...3 lines deleted...]
-      <c r="A16" s="118">
+      <c r="H15" s="75"/>
+    </row>
+    <row r="16" spans="1:8" s="69" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="116">
         <v>44228</v>
       </c>
-      <c r="B16" s="120">
+      <c r="B16" s="118">
         <v>21.24457</v>
       </c>
-      <c r="D16" s="74"/>
+      <c r="D16" s="79"/>
       <c r="E16" s="79"/>
-      <c r="F16" s="79"/>
-[...3 lines deleted...]
-      <c r="A17" s="118">
+      <c r="H16" s="75"/>
+    </row>
+    <row r="17" spans="1:8" s="69" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="116">
         <v>44256</v>
       </c>
-      <c r="B17" s="120">
+      <c r="B17" s="118">
         <v>51057.625219999994</v>
       </c>
-      <c r="C17" s="120">
+      <c r="C17" s="118">
         <v>45.560839999999999</v>
       </c>
-      <c r="D17" s="74"/>
+      <c r="D17" s="79"/>
       <c r="E17" s="79"/>
-      <c r="F17" s="79"/>
-[...3 lines deleted...]
-      <c r="A18" s="118">
+      <c r="H17" s="75"/>
+    </row>
+    <row r="18" spans="1:8" s="69" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="116">
         <v>44287</v>
       </c>
-      <c r="B18" s="120">
+      <c r="B18" s="118">
         <v>2500.6638999999996</v>
       </c>
-      <c r="C18" s="120"/>
-      <c r="D18" s="74"/>
+      <c r="C18" s="118"/>
+      <c r="D18" s="79"/>
       <c r="E18" s="79"/>
-      <c r="F18" s="79"/>
-[...3 lines deleted...]
-      <c r="A19" s="118">
+      <c r="H18" s="75"/>
+    </row>
+    <row r="19" spans="1:8" s="69" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="116">
         <v>44317</v>
       </c>
-      <c r="B19" s="120">
+      <c r="B19" s="118">
         <v>0.66390000000683358</v>
       </c>
-      <c r="C19" s="120"/>
-      <c r="D19" s="74"/>
+      <c r="C19" s="118"/>
+      <c r="D19" s="79"/>
       <c r="E19" s="79"/>
-      <c r="F19" s="79"/>
-[...3 lines deleted...]
-      <c r="A20" s="118">
+      <c r="H19" s="75"/>
+    </row>
+    <row r="20" spans="1:8" s="69" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="116">
         <v>44348</v>
       </c>
-      <c r="B20" s="120">
+      <c r="B20" s="118">
         <v>45698.155330000001</v>
       </c>
-      <c r="C20" s="120">
+      <c r="C20" s="118">
         <v>1689.6644899999999</v>
       </c>
-      <c r="D20" s="74"/>
+      <c r="D20" s="79"/>
       <c r="E20" s="79"/>
-      <c r="F20" s="79"/>
-[...3 lines deleted...]
-      <c r="A21" s="118">
+      <c r="H20" s="75"/>
+    </row>
+    <row r="21" spans="1:8" s="69" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="116">
         <v>44378</v>
       </c>
-      <c r="B21" s="120">
+      <c r="B21" s="118">
         <v>50716.793879999983</v>
       </c>
-      <c r="D21" s="74"/>
+      <c r="D21" s="79"/>
       <c r="E21" s="79"/>
-      <c r="F21" s="79"/>
-[...3 lines deleted...]
-      <c r="A22" s="123">
+      <c r="H21" s="75"/>
+    </row>
+    <row r="22" spans="1:8" s="80" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="121">
         <v>44409</v>
       </c>
-      <c r="B22" s="120">
+      <c r="B22" s="118">
         <v>63011.986420000001</v>
       </c>
-      <c r="D22" s="74"/>
+      <c r="D22" s="82"/>
       <c r="E22" s="82"/>
-      <c r="F22" s="82"/>
-[...3 lines deleted...]
-      <c r="A23" s="118">
+      <c r="H22" s="83"/>
+    </row>
+    <row r="23" spans="1:8" s="69" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="116">
         <v>44440</v>
       </c>
-      <c r="B23" s="120">
+      <c r="B23" s="118">
         <v>250</v>
       </c>
-      <c r="C23" s="120">
+      <c r="C23" s="118">
         <v>3870.0537199999999</v>
       </c>
-      <c r="D23" s="74"/>
+      <c r="D23" s="79"/>
       <c r="E23" s="79"/>
-      <c r="F23" s="79"/>
-[...3 lines deleted...]
-      <c r="A24" s="123">
+      <c r="H23" s="75"/>
+    </row>
+    <row r="24" spans="1:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="121">
         <v>44470</v>
       </c>
-      <c r="B24" s="120">
+      <c r="B24" s="118">
         <v>15300</v>
       </c>
-      <c r="D24" s="75"/>
+      <c r="D24" s="79"/>
       <c r="E24" s="79"/>
-      <c r="F24" s="79"/>
-[...2 lines deleted...]
-      <c r="A25" s="118">
+    </row>
+    <row r="25" spans="1:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="116">
         <v>44501</v>
       </c>
       <c r="B25" s="73">
         <v>2000.1361000000034</v>
       </c>
-      <c r="D25" s="75"/>
+      <c r="D25" s="79"/>
       <c r="E25" s="79"/>
-      <c r="F25" s="79"/>
-[...2 lines deleted...]
-      <c r="A26" s="121">
+    </row>
+    <row r="26" spans="1:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="119">
         <v>44531</v>
       </c>
       <c r="B26" s="78">
         <v>250000</v>
       </c>
-      <c r="C26" s="122">
+      <c r="C26" s="120">
         <v>1020.3738599999997</v>
       </c>
-      <c r="D26" s="124"/>
+      <c r="D26" s="79"/>
       <c r="E26" s="79"/>
-      <c r="F26" s="79"/>
-[...2 lines deleted...]
-      <c r="A27" s="118">
+    </row>
+    <row r="27" spans="1:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="116">
         <v>44562</v>
       </c>
       <c r="B27" s="65">
         <v>31</v>
       </c>
+      <c r="D27" s="74"/>
       <c r="E27" s="74"/>
       <c r="F27" s="74"/>
-      <c r="G27" s="74"/>
-[...2 lines deleted...]
-      <c r="A28" s="118">
+    </row>
+    <row r="28" spans="1:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="116">
         <v>44593</v>
       </c>
-      <c r="B28" s="120">
+      <c r="B28" s="118">
         <v>43.076879999999996</v>
       </c>
     </row>
-    <row r="29" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A29" s="118">
+    <row r="29" spans="1:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="116">
         <v>44621</v>
       </c>
-      <c r="B29" s="120">
+      <c r="B29" s="118">
         <v>1530.96181</v>
       </c>
-      <c r="C29" s="120">
+      <c r="C29" s="118">
         <v>283.41505999999998</v>
       </c>
     </row>
-    <row r="30" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A30" s="118">
+    <row r="30" spans="1:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A30" s="116">
         <v>44652</v>
       </c>
-      <c r="B30" s="120">
+      <c r="B30" s="118">
         <v>-1524.84476</v>
       </c>
-      <c r="C30" s="120"/>
-[...2 lines deleted...]
-      <c r="A31" s="118">
+      <c r="C30" s="118"/>
+    </row>
+    <row r="31" spans="1:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A31" s="116">
         <v>44682</v>
       </c>
-      <c r="B31" s="120">
+      <c r="B31" s="118">
         <v>0.92945999999999174</v>
       </c>
     </row>
-    <row r="32" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A32" s="118">
+    <row r="32" spans="1:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="116">
         <v>44713</v>
       </c>
-      <c r="B32" s="120">
+      <c r="B32" s="118">
         <v>2000.1004399999999</v>
       </c>
-      <c r="C32" s="120">
+      <c r="C32" s="118">
         <v>2612.60556</v>
       </c>
     </row>
-    <row r="33" spans="1:13" s="65" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A33" s="118">
+    <row r="33" spans="1:12" s="65" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A33" s="116">
         <v>44743</v>
       </c>
-      <c r="B33" s="120">
+      <c r="B33" s="118">
         <v>78018.327770000004</v>
       </c>
       <c r="C33" s="63"/>
       <c r="D33" s="63"/>
       <c r="E33" s="63"/>
       <c r="F33" s="63"/>
       <c r="G33" s="63"/>
       <c r="H33" s="63"/>
       <c r="I33" s="63"/>
       <c r="J33" s="63"/>
       <c r="K33" s="63"/>
       <c r="L33" s="63"/>
-      <c r="M33" s="63"/>
-[...2 lines deleted...]
-      <c r="A34" s="118">
+    </row>
+    <row r="34" spans="1:12" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A34" s="116">
         <v>44774</v>
       </c>
-      <c r="B34" s="120">
+      <c r="B34" s="118">
         <v>34163.365779999993</v>
       </c>
     </row>
-    <row r="35" spans="1:13" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A35" s="118">
+    <row r="35" spans="1:12" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A35" s="116">
         <v>44805</v>
       </c>
-      <c r="B35" s="120">
+      <c r="B35" s="118">
         <v>0.26555999999982305</v>
       </c>
-      <c r="C35" s="120">
+      <c r="C35" s="118">
         <v>3814.1923900000006</v>
       </c>
     </row>
-    <row r="36" spans="1:13" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A36" s="118">
+    <row r="36" spans="1:12" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A36" s="116">
         <v>44835</v>
       </c>
       <c r="B36" s="65">
         <v>0</v>
       </c>
     </row>
-    <row r="37" spans="1:13" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A37" s="118">
+    <row r="37" spans="1:12" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A37" s="116">
         <v>44866</v>
       </c>
       <c r="B37" s="65">
         <v>0</v>
       </c>
     </row>
-    <row r="38" spans="1:13" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A38" s="121">
+    <row r="38" spans="1:12" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A38" s="119">
         <v>44896</v>
       </c>
-      <c r="B38" s="122">
+      <c r="B38" s="120">
         <v>46340.174510000012</v>
       </c>
-      <c r="C38" s="122">
+      <c r="C38" s="120">
         <v>3393.9787799999986</v>
       </c>
-      <c r="D38" s="125"/>
-[...2 lines deleted...]
-      <c r="A39" s="126">
+    </row>
+    <row r="39" spans="1:12" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A39" s="122">
         <v>44927</v>
       </c>
-      <c r="B39" s="127">
+      <c r="B39" s="123">
         <v>16.13653</v>
       </c>
       <c r="C39" s="73"/>
     </row>
-    <row r="40" spans="1:13" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A40" s="123">
+    <row r="40" spans="1:12" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A40" s="121">
         <v>44958</v>
       </c>
-      <c r="B40" s="120">
+      <c r="B40" s="118">
         <v>1.8589099999999981</v>
       </c>
       <c r="C40" s="73"/>
     </row>
-    <row r="41" spans="1:13" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A41" s="123">
+    <row r="41" spans="1:12" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A41" s="121">
         <v>44986</v>
       </c>
-      <c r="B41" s="120">
+      <c r="B41" s="118">
         <v>220077.65213999999</v>
       </c>
-      <c r="C41" s="120">
+      <c r="C41" s="118">
         <v>31.068390000000001</v>
       </c>
     </row>
-    <row r="42" spans="1:13" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A42" s="123">
+    <row r="42" spans="1:12" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A42" s="121">
         <v>45017</v>
       </c>
-      <c r="B42" s="120">
+      <c r="B42" s="118">
         <v>0.65256000000000003</v>
       </c>
       <c r="C42" s="73"/>
     </row>
-    <row r="43" spans="1:13" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A43" s="123">
+    <row r="43" spans="1:12" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A43" s="121">
         <v>45047</v>
       </c>
       <c r="B43" s="73">
         <v>0</v>
       </c>
       <c r="C43" s="73"/>
     </row>
-    <row r="44" spans="1:13" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A44" s="123">
+    <row r="44" spans="1:12" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A44" s="121">
         <v>45078</v>
       </c>
-      <c r="B44" s="120">
+      <c r="B44" s="118">
         <v>83305.372659999994</v>
       </c>
-      <c r="C44" s="120">
+      <c r="C44" s="118">
         <v>3436.2169800000001</v>
       </c>
     </row>
-    <row r="45" spans="1:13" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A45" s="123">
+    <row r="45" spans="1:12" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A45" s="121">
         <v>45108</v>
       </c>
-      <c r="B45" s="120">
+      <c r="B45" s="118">
         <v>20596.344700000016</v>
       </c>
       <c r="C45" s="73"/>
     </row>
-    <row r="46" spans="1:13" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A46" s="123">
+    <row r="46" spans="1:12" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A46" s="121">
         <v>45139</v>
       </c>
-      <c r="B46" s="120">
+      <c r="B46" s="118">
         <v>60710.92942999996</v>
       </c>
       <c r="C46" s="73"/>
     </row>
-    <row r="47" spans="1:13" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A47" s="123">
+    <row r="47" spans="1:12" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A47" s="121">
         <v>45170</v>
       </c>
-      <c r="B47" s="120">
+      <c r="B47" s="118">
         <v>0</v>
       </c>
       <c r="C47" s="73">
         <v>1452.50603</v>
       </c>
     </row>
-    <row r="48" spans="1:13" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A48" s="123">
+    <row r="48" spans="1:12" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A48" s="121">
         <v>45200</v>
       </c>
-      <c r="B48" s="120">
+      <c r="B48" s="118">
         <v>37091.01786</v>
       </c>
       <c r="C48" s="73"/>
-      <c r="E48" s="74"/>
-[...2 lines deleted...]
-      <c r="A49" s="123">
+      <c r="D48" s="74"/>
+    </row>
+    <row r="49" spans="1:3" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A49" s="121">
         <v>45231</v>
       </c>
-      <c r="B49" s="120">
+      <c r="B49" s="118">
         <v>19392.02999000001</v>
       </c>
       <c r="C49" s="73"/>
     </row>
-    <row r="50" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A50" s="121">
+    <row r="50" spans="1:3" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A50" s="119">
         <v>45261</v>
       </c>
-      <c r="B50" s="122">
+      <c r="B50" s="120">
         <v>1503.424170000013</v>
       </c>
       <c r="C50" s="78">
         <v>2192.2567200000003</v>
       </c>
-      <c r="D50" s="125"/>
-[...2 lines deleted...]
-      <c r="A51" s="126">
+    </row>
+    <row r="51" spans="1:3" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A51" s="122">
         <v>45292</v>
       </c>
-      <c r="B51" s="127">
+      <c r="B51" s="123">
         <v>4.9128499999999997</v>
       </c>
       <c r="C51" s="73"/>
     </row>
-    <row r="52" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A52" s="123">
+    <row r="52" spans="1:3" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A52" s="121">
         <v>45323</v>
       </c>
-      <c r="B52" s="120">
+      <c r="B52" s="118">
         <v>39.950099999999999</v>
       </c>
       <c r="C52" s="73"/>
     </row>
-    <row r="53" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A53" s="123">
+    <row r="53" spans="1:3" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A53" s="121">
         <v>45352</v>
       </c>
-      <c r="B53" s="120">
+      <c r="B53" s="118">
         <v>34.713279999999997</v>
       </c>
-      <c r="C53" s="120">
+      <c r="C53" s="118">
         <v>62.754049999999999</v>
       </c>
     </row>
-    <row r="54" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A54" s="123">
+    <row r="54" spans="1:3" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A54" s="121">
         <v>45383</v>
       </c>
-      <c r="B54" s="120">
+      <c r="B54" s="118">
         <v>0.19350000000000023</v>
       </c>
       <c r="C54" s="73"/>
     </row>
-    <row r="55" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A55" s="123">
+    <row r="55" spans="1:3" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A55" s="121">
         <v>45413</v>
       </c>
       <c r="B55" s="73">
         <v>1.1950000000000074</v>
       </c>
       <c r="C55" s="73"/>
     </row>
-    <row r="56" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A56" s="123">
+    <row r="56" spans="1:3" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A56" s="121">
         <v>45444</v>
       </c>
-      <c r="B56" s="120">
+      <c r="B56" s="118">
         <v>2172.2981</v>
       </c>
-      <c r="C56" s="120">
+      <c r="C56" s="118">
         <v>4281.8345800000006</v>
       </c>
     </row>
-    <row r="57" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A57" s="123">
+    <row r="57" spans="1:3" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A57" s="121">
         <v>45474</v>
       </c>
-      <c r="B57" s="120">
+      <c r="B57" s="118">
         <v>80662.021799999988</v>
       </c>
       <c r="C57" s="73"/>
     </row>
-    <row r="58" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A58" s="123">
+    <row r="58" spans="1:3" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A58" s="121">
         <v>45505</v>
       </c>
-      <c r="B58" s="120">
+      <c r="B58" s="118">
         <v>0.5311199999996461</v>
       </c>
       <c r="C58" s="73"/>
     </row>
-    <row r="59" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A59" s="123">
+    <row r="59" spans="1:3" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A59" s="121">
         <v>45536</v>
       </c>
-      <c r="B59" s="120">
+      <c r="B59" s="118">
         <v>19750</v>
       </c>
       <c r="C59" s="73">
         <v>1132.8617199999999</v>
       </c>
     </row>
-    <row r="60" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A60" s="123">
+    <row r="60" spans="1:3" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A60" s="121">
         <v>45566</v>
       </c>
-      <c r="B60" s="120">
+      <c r="B60" s="118">
         <v>53867.00837000001</v>
       </c>
       <c r="C60" s="73"/>
     </row>
-    <row r="61" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A61" s="123">
+    <row r="61" spans="1:3" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A61" s="121">
         <v>45597</v>
       </c>
-      <c r="B61" s="120">
+      <c r="B61" s="118">
         <v>3.3199999888893217E-3</v>
       </c>
       <c r="C61" s="73"/>
     </row>
-    <row r="62" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A62" s="121">
+    <row r="62" spans="1:3" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A62" s="119">
         <v>45627</v>
       </c>
-      <c r="B62" s="122">
+      <c r="B62" s="120">
         <v>291822.83463000006</v>
       </c>
       <c r="C62" s="78">
         <v>1225.2310799999996</v>
       </c>
-      <c r="D62" s="125"/>
-[...2 lines deleted...]
-      <c r="A63" s="126">
+    </row>
+    <row r="63" spans="1:3" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A63" s="122">
         <v>45658</v>
       </c>
-      <c r="B63" s="127">
+      <c r="B63" s="123">
         <v>10.604179999999999</v>
       </c>
       <c r="C63" s="73"/>
     </row>
-    <row r="64" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A64" s="123">
+    <row r="64" spans="1:3" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A64" s="121">
         <v>45689</v>
       </c>
-      <c r="B64" s="120">
+      <c r="B64" s="118">
         <v>-10.05968</v>
       </c>
       <c r="C64" s="73"/>
     </row>
-    <row r="65" spans="1:5" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A65" s="123">
+    <row r="65" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A65" s="121">
         <v>45717</v>
       </c>
-      <c r="B65" s="120">
+      <c r="B65" s="118">
         <v>0.27</v>
       </c>
-      <c r="C65" s="120">
+      <c r="C65" s="118">
         <v>59.000100000000003</v>
       </c>
     </row>
-    <row r="66" spans="1:5" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A66" s="123">
+    <row r="66" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A66" s="121">
         <v>45748</v>
       </c>
-      <c r="B66" s="120">
+      <c r="B66" s="118">
         <v>0.3600000000000001</v>
       </c>
       <c r="C66" s="73"/>
     </row>
-    <row r="67" spans="1:5" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A67" s="123">
+    <row r="67" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A67" s="121">
         <v>45778</v>
       </c>
       <c r="B67" s="73">
         <v>19.643460000000001</v>
       </c>
       <c r="C67" s="73"/>
     </row>
-    <row r="68" spans="1:5" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A68" s="123">
+    <row r="68" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A68" s="121">
         <v>45809</v>
       </c>
       <c r="B68" s="73">
         <v>8000</v>
       </c>
-      <c r="C68" s="120">
+      <c r="C68" s="118">
         <v>2171.9292899999996</v>
       </c>
     </row>
-    <row r="69" spans="1:5" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A69" s="123">
+    <row r="69" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A69" s="121">
         <v>45839</v>
       </c>
-      <c r="B69" s="120">
+      <c r="B69" s="118">
         <v>107273.92641</v>
       </c>
       <c r="C69" s="73"/>
-      <c r="E69" s="74"/>
-[...2 lines deleted...]
-      <c r="A70" s="123">
+      <c r="D69" s="74"/>
+    </row>
+    <row r="70" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A70" s="121">
         <v>45870</v>
       </c>
-      <c r="B70" s="120">
+      <c r="B70" s="118">
         <v>1264.5581099999999</v>
       </c>
       <c r="C70" s="73"/>
     </row>
-    <row r="71" spans="1:5" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A71" s="123">
+    <row r="71" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A71" s="121">
         <v>45901</v>
       </c>
-      <c r="B71" s="120">
+      <c r="B71" s="118">
         <v>0</v>
       </c>
       <c r="C71" s="73">
         <v>1039.0647600000002</v>
       </c>
     </row>
-    <row r="72" spans="1:5" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A72" s="123">
+    <row r="72" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A72" s="121">
         <v>45931</v>
       </c>
-      <c r="B72" s="120">
+      <c r="B72" s="118">
         <v>22287.568879999999</v>
       </c>
       <c r="C72" s="73"/>
     </row>
-    <row r="73" spans="1:5" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A73" s="123">
+    <row r="73" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A73" s="121">
         <v>45962</v>
       </c>
-      <c r="B73" s="120">
+      <c r="B73" s="118">
         <v>141115.22394</v>
       </c>
       <c r="C73" s="73"/>
     </row>
-    <row r="74" spans="1:5" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A74" s="121">
+    <row r="74" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A74" s="119">
         <v>45992</v>
       </c>
-      <c r="B74" s="122">
+      <c r="B74" s="120">
         <v>406541.0502</v>
       </c>
       <c r="C74" s="78"/>
-      <c r="D74" s="125"/>
-[...4 lines deleted...]
-      </c>
+    </row>
+    <row r="75" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A75" s="122">
+        <v>46023</v>
+      </c>
+      <c r="B75" s="123">
+        <v>0</v>
+      </c>
+      <c r="C75" s="73"/>
+    </row>
+    <row r="76" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A76" s="121">
+        <v>46054</v>
+      </c>
+      <c r="B76" s="118"/>
+      <c r="C76" s="73"/>
+    </row>
+    <row r="77" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A77" s="121">
+        <v>46082</v>
+      </c>
+      <c r="B77" s="118"/>
+      <c r="C77" s="118"/>
+    </row>
+    <row r="78" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A78" s="121">
+        <v>46113</v>
+      </c>
+      <c r="B78" s="118"/>
+      <c r="C78" s="73"/>
+    </row>
+    <row r="79" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A79" s="121">
+        <v>46143</v>
+      </c>
+      <c r="B79" s="73"/>
+      <c r="C79" s="73"/>
+    </row>
+    <row r="80" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A80" s="121">
+        <v>46174</v>
+      </c>
+      <c r="B80" s="73"/>
+      <c r="C80" s="118"/>
+    </row>
+    <row r="81" spans="1:3" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A81" s="121">
+        <v>46204</v>
+      </c>
+      <c r="B81" s="118"/>
+      <c r="C81" s="73"/>
+    </row>
+    <row r="82" spans="1:3" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A82" s="121">
+        <v>46235</v>
+      </c>
+      <c r="B82" s="118"/>
+      <c r="C82" s="73"/>
+    </row>
+    <row r="83" spans="1:3" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A83" s="121">
+        <v>46266</v>
+      </c>
+      <c r="B83" s="118"/>
+      <c r="C83" s="73"/>
+    </row>
+    <row r="84" spans="1:3" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A84" s="121">
+        <v>46296</v>
+      </c>
+      <c r="B84" s="118"/>
+      <c r="C84" s="73"/>
+    </row>
+    <row r="85" spans="1:3" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A85" s="121">
+        <v>46327</v>
+      </c>
+      <c r="B85" s="118"/>
+      <c r="C85" s="73"/>
+    </row>
+    <row r="86" spans="1:3" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A86" s="119">
+        <v>46357</v>
+      </c>
+      <c r="B86" s="120"/>
+      <c r="C86" s="78"/>
+    </row>
+    <row r="87" spans="1:3" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A87" s="122"/>
+      <c r="B87" s="123"/>
+      <c r="C87" s="73"/>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="A1:D1"/>
-    <mergeCell ref="E13:G13"/>
+    <mergeCell ref="A1:C1"/>
+    <mergeCell ref="D13:F13"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="90" verticalDpi="90"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hárky</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="6" baseType="lpstr">
       <vt:lpstr>Akruálne ročné</vt:lpstr>
       <vt:lpstr>Hotovostne_rocne</vt:lpstr>