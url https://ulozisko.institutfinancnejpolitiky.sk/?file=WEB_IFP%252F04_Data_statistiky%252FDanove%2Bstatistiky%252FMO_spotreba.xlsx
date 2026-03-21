--- v0 (2026-01-28)
+++ v1 (2026-03-21)
@@ -3,58 +3,58 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\IFP_NEW\1_DANE\1_03_Databazy\02_Danove_prijmy_web\2015\novy_web\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EB3E783B-3953-4FEA-861F-B0C6EDB2FE91}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8CDBF637-D321-4F4E-AA3D-5DB5E8B4EDE5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Hárok1" sheetId="3" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -223,54 +223,54 @@
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:trendline>
             <c:name>Benzín 12M pohyblivý priemer</c:name>
             <c:spPr>
               <a:ln w="19050" cap="rnd">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:prstDash val="sysDot"/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:trendlineType val="movingAvg"/>
             <c:period val="12"/>
             <c:dispRSqr val="0"/>
             <c:dispEq val="0"/>
           </c:trendline>
           <c:cat>
             <c:numRef>
-              <c:f>Hárok1!$A$2:$A$240</c:f>
+              <c:f>Hárok1!$A$2:$A$242</c:f>
               <c:numCache>
                 <c:formatCode>mm\/\ yyyy</c:formatCode>
-                <c:ptCount val="239"/>
+                <c:ptCount val="241"/>
                 <c:pt idx="0">
                   <c:v>38718</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>38749</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>38777</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>38808</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>38838</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>38869</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>38899</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>38930</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -943,60 +943,66 @@
                   <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="231">
                   <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="232">
                   <c:v>45778</c:v>
                 </c:pt>
                 <c:pt idx="233">
                   <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="234">
                   <c:v>45839</c:v>
                 </c:pt>
                 <c:pt idx="235">
                   <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="236">
                   <c:v>45901</c:v>
                 </c:pt>
                 <c:pt idx="237">
                   <c:v>45931</c:v>
                 </c:pt>
                 <c:pt idx="238">
                   <c:v>45962</c:v>
+                </c:pt>
+                <c:pt idx="239">
+                  <c:v>45992</c:v>
+                </c:pt>
+                <c:pt idx="240">
+                  <c:v>46023</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Hárok1!$B$2:$B$240</c:f>
+              <c:f>Hárok1!$B$2:$B$242</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="239"/>
+                <c:ptCount val="241"/>
                 <c:pt idx="0">
                   <c:v>60.727090000000004</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>58.222524000000007</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>70.55392333333333</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>68.676265000000001</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>73.289017999999999</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>74.502426</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>74.852836999999994</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>78.474416999999988</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -1669,103 +1675,109 @@
                   <c:v>72.096863999999997</c:v>
                 </c:pt>
                 <c:pt idx="231" formatCode="0">
                   <c:v>75.480255999999997</c:v>
                 </c:pt>
                 <c:pt idx="232" formatCode="0">
                   <c:v>78.892337999999995</c:v>
                 </c:pt>
                 <c:pt idx="233" formatCode="0">
                   <c:v>79.622647000000001</c:v>
                 </c:pt>
                 <c:pt idx="234" formatCode="0">
                   <c:v>80.899685000000005</c:v>
                 </c:pt>
                 <c:pt idx="235" formatCode="0">
                   <c:v>80.501933000000008</c:v>
                 </c:pt>
                 <c:pt idx="236" formatCode="0">
                   <c:v>77.657426000000001</c:v>
                 </c:pt>
                 <c:pt idx="237" formatCode="0">
                   <c:v>79.334145000000007</c:v>
                 </c:pt>
                 <c:pt idx="238" formatCode="0">
                   <c:v>74.596548999999996</c:v>
+                </c:pt>
+                <c:pt idx="239" formatCode="0">
+                  <c:v>76.708346000000006</c:v>
+                </c:pt>
+                <c:pt idx="240" formatCode="0">
+                  <c:v>71.707144999999997</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-177F-418D-AACB-BCEEE03A3525}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>Nafta</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="19050" cap="rnd">
               <a:solidFill>
                 <a:srgbClr val="686767"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:trendline>
             <c:name>Nafta 12M pohyblivý priemer</c:name>
             <c:spPr>
               <a:ln w="19050" cap="rnd">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:prstDash val="sysDot"/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:trendlineType val="movingAvg"/>
             <c:period val="12"/>
             <c:dispRSqr val="0"/>
             <c:dispEq val="0"/>
           </c:trendline>
           <c:cat>
             <c:numRef>
-              <c:f>Hárok1!$A$2:$A$240</c:f>
+              <c:f>Hárok1!$A$2:$A$242</c:f>
               <c:numCache>
                 <c:formatCode>mm\/\ yyyy</c:formatCode>
-                <c:ptCount val="239"/>
+                <c:ptCount val="241"/>
                 <c:pt idx="0">
                   <c:v>38718</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>38749</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>38777</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>38808</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>38838</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>38869</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>38899</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>38930</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -2438,60 +2450,66 @@
                   <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="231">
                   <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="232">
                   <c:v>45778</c:v>
                 </c:pt>
                 <c:pt idx="233">
                   <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="234">
                   <c:v>45839</c:v>
                 </c:pt>
                 <c:pt idx="235">
                   <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="236">
                   <c:v>45901</c:v>
                 </c:pt>
                 <c:pt idx="237">
                   <c:v>45931</c:v>
                 </c:pt>
                 <c:pt idx="238">
                   <c:v>45962</c:v>
+                </c:pt>
+                <c:pt idx="239">
+                  <c:v>45992</c:v>
+                </c:pt>
+                <c:pt idx="240">
+                  <c:v>46023</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Hárok1!$C$2:$C$240</c:f>
+              <c:f>Hárok1!$C$2:$C$242</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="239"/>
+                <c:ptCount val="241"/>
                 <c:pt idx="0">
                   <c:v>81.725777999999991</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>74.794903000000019</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>94.054649000000026</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>86.038431999999958</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>92.242371999999989</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>104.03319900000001</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>100.01672599999999</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>98.928667999999988</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -3164,50 +3182,56 @@
                   <c:v>197.23491799999999</c:v>
                 </c:pt>
                 <c:pt idx="231" formatCode="0">
                   <c:v>196.84803500000001</c:v>
                 </c:pt>
                 <c:pt idx="232" formatCode="0">
                   <c:v>205.88373100000001</c:v>
                 </c:pt>
                 <c:pt idx="233" formatCode="0">
                   <c:v>206.907027</c:v>
                 </c:pt>
                 <c:pt idx="234" formatCode="0">
                   <c:v>219.03620799999999</c:v>
                 </c:pt>
                 <c:pt idx="235" formatCode="0">
                   <c:v>203.80685800000001</c:v>
                 </c:pt>
                 <c:pt idx="236" formatCode="0">
                   <c:v>206.827101</c:v>
                 </c:pt>
                 <c:pt idx="237" formatCode="0">
                   <c:v>226.574196</c:v>
                 </c:pt>
                 <c:pt idx="238" formatCode="0">
                   <c:v>203.39449099999999</c:v>
+                </c:pt>
+                <c:pt idx="239" formatCode="0">
+                  <c:v>189.13148899999999</c:v>
+                </c:pt>
+                <c:pt idx="240" formatCode="0">
+                  <c:v>173.409876</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-177F-418D-AACB-BCEEE03A3525}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="352619688"/>
         <c:axId val="352620344"/>
       </c:lineChart>
       <c:dateAx>
         <c:axId val="352619688"/>
@@ -3928,60 +3952,60 @@
   <cs:wall>
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1"/>
     </cs:fontRef>
     <cs:spPr>
       <a:noFill/>
       <a:ln>
         <a:noFill/>
       </a:ln>
     </cs:spPr>
   </cs:wall>
 </cs:chartStyle>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>5</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>123825</xdr:rowOff>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>184149</xdr:colOff>
+      <xdr:row>219</xdr:row>
+      <xdr:rowOff>9526</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>15</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>152400</xdr:rowOff>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>581024</xdr:colOff>
+      <xdr:row>241</xdr:row>
+      <xdr:rowOff>85726</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Graf 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr/>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
@@ -4232,57 +4256,57 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:C242"/>
+  <dimension ref="A1:C244"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane xSplit="1" ySplit="1" topLeftCell="B209" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="1" topLeftCell="B208" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight" activeCell="B243" sqref="B243"/>
+      <selection pane="bottomRight" activeCell="B245" sqref="B245"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.7109375" style="1"/>
     <col min="2" max="3" width="16.5703125" style="1" customWidth="1"/>
     <col min="4" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.25">
       <c r="B1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="6" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A2" s="4">
         <v>38718</v>
       </c>
       <c r="B2" s="2">
         <v>60.727090000000004</v>
       </c>
       <c r="C2" s="2">
@@ -6885,56 +6909,78 @@
         <v>206.827101</v>
       </c>
     </row>
     <row r="239" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A239" s="5">
         <v>45931</v>
       </c>
       <c r="B239" s="7">
         <v>79.334145000000007</v>
       </c>
       <c r="C239" s="7">
         <v>226.574196</v>
       </c>
     </row>
     <row r="240" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A240" s="5">
         <v>45962</v>
       </c>
       <c r="B240" s="7">
         <v>74.596548999999996</v>
       </c>
       <c r="C240" s="7">
         <v>203.39449099999999</v>
       </c>
     </row>
-    <row r="242" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A242" s="8" t="s">
+    <row r="241" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A241" s="5">
+        <v>45992</v>
+      </c>
+      <c r="B241" s="7">
+        <v>76.708346000000006</v>
+      </c>
+      <c r="C241" s="7">
+        <v>189.13148899999999</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A242" s="5">
+        <v>46023</v>
+      </c>
+      <c r="B242" s="7">
+        <v>71.707144999999997</v>
+      </c>
+      <c r="C242" s="7">
+        <v>173.409876</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A244" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="B242" s="9">
-        <v>46036</v>
+      <c r="B244" s="9">
+        <v>46093</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Interné</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hárky</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>