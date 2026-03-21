--- v0 (2026-01-28)
+++ v1 (2026-03-21)
@@ -5,95 +5,107 @@
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\IFP_NEW\1_DANE\1_03_Databazy\02_Danove_prijmy_web\2015\novy_web\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{811CF7C2-06C4-43FE-8B2C-B67C80303FE0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{55B28BF6-CA0B-43C6-B883-7F4D6DA8E174}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="16440" activeTab="3" xr2:uid="{75C38333-02E5-4CC9-A0B5-555CCEE8135A}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" activeTab="3" xr2:uid="{8F49AFC5-1412-415C-BF8F-C54A395136C1}"/>
   </bookViews>
   <sheets>
     <sheet name="akrual rocne" sheetId="1" r:id="rId1"/>
     <sheet name="cash rocne" sheetId="2" r:id="rId2"/>
     <sheet name="sankcie rocne" sheetId="3" r:id="rId3"/>
     <sheet name="cash mesacne" sheetId="4" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'akrual rocne'!$A$1:$S$77</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'cash rocne'!$A$1:$S$63</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'sankcie rocne'!$A$1:$S$49</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="B376" i="4" l="1"/>
+  <c r="B388" i="4" l="1"/>
+  <c r="B387" i="4"/>
+  <c r="B386" i="4"/>
+  <c r="B385" i="4"/>
+  <c r="B384" i="4"/>
+  <c r="B383" i="4"/>
+  <c r="B382" i="4"/>
+  <c r="B381" i="4"/>
+  <c r="B380" i="4"/>
+  <c r="B379" i="4"/>
+  <c r="B378" i="4"/>
+  <c r="B377" i="4"/>
+  <c r="B376" i="4"/>
   <c r="B375" i="4"/>
   <c r="B374" i="4"/>
   <c r="B373" i="4"/>
   <c r="B372" i="4"/>
   <c r="B371" i="4"/>
   <c r="B370" i="4"/>
   <c r="B369" i="4"/>
   <c r="B368" i="4"/>
   <c r="B367" i="4"/>
   <c r="B366" i="4"/>
   <c r="B365" i="4"/>
   <c r="B364" i="4"/>
   <c r="B363" i="4"/>
   <c r="B362" i="4"/>
   <c r="B361" i="4"/>
   <c r="B360" i="4"/>
   <c r="B359" i="4"/>
   <c r="B358" i="4"/>
   <c r="B357" i="4"/>
   <c r="B356" i="4"/>
   <c r="B355" i="4"/>
   <c r="B354" i="4"/>
   <c r="B353" i="4"/>
   <c r="B352" i="4"/>
   <c r="B351" i="4"/>
@@ -429,309 +441,297 @@
   <c r="B21" i="4"/>
   <c r="B20" i="4"/>
   <c r="B19" i="4"/>
   <c r="B18" i="4"/>
   <c r="B17" i="4"/>
   <c r="B16" i="4"/>
   <c r="B15" i="4"/>
   <c r="B14" i="4"/>
   <c r="B13" i="4"/>
   <c r="B12" i="4"/>
   <c r="B11" i="4"/>
   <c r="B10" i="4"/>
   <c r="B9" i="4"/>
   <c r="B8" i="4"/>
   <c r="B7" i="4"/>
   <c r="B6" i="4"/>
   <c r="B5" i="4"/>
   <c r="AE36" i="3"/>
   <c r="AD36" i="3"/>
   <c r="AC36" i="3"/>
   <c r="AB36" i="3"/>
   <c r="AA36" i="3"/>
   <c r="Z36" i="3"/>
   <c r="Y36" i="3"/>
   <c r="X36" i="3"/>
-  <c r="X3" i="3" s="1"/>
-  <c r="X56" i="2" s="1"/>
   <c r="W36" i="3"/>
   <c r="V36" i="3"/>
   <c r="U36" i="3"/>
   <c r="T36" i="3"/>
   <c r="S36" i="3"/>
   <c r="R36" i="3"/>
   <c r="Q36" i="3"/>
   <c r="P36" i="3"/>
-  <c r="P3" i="3" s="1"/>
-  <c r="P56" i="2" s="1"/>
   <c r="O36" i="3"/>
   <c r="N36" i="3"/>
   <c r="M36" i="3"/>
   <c r="L36" i="3"/>
   <c r="K36" i="3"/>
   <c r="J36" i="3"/>
   <c r="I36" i="3"/>
   <c r="H36" i="3"/>
-  <c r="H3" i="3" s="1"/>
-  <c r="H56" i="2" s="1"/>
   <c r="G36" i="3"/>
   <c r="F36" i="3"/>
   <c r="E36" i="3"/>
   <c r="D36" i="3"/>
   <c r="C36" i="3"/>
   <c r="B36" i="3"/>
   <c r="AE29" i="3"/>
+  <c r="AE16" i="3" s="1"/>
   <c r="AD29" i="3"/>
   <c r="AC29" i="3"/>
   <c r="AB29" i="3"/>
-  <c r="AB16" i="3" s="1"/>
   <c r="AA29" i="3"/>
   <c r="Z29" i="3"/>
-  <c r="Z16" i="3" s="1"/>
   <c r="Y29" i="3"/>
   <c r="X29" i="3"/>
   <c r="W29" i="3"/>
+  <c r="W16" i="3" s="1"/>
   <c r="V29" i="3"/>
   <c r="U29" i="3"/>
   <c r="T29" i="3"/>
-  <c r="T16" i="3" s="1"/>
   <c r="S29" i="3"/>
   <c r="R29" i="3"/>
   <c r="Q29" i="3"/>
   <c r="P29" i="3"/>
   <c r="O29" i="3"/>
+  <c r="O16" i="3" s="1"/>
   <c r="N29" i="3"/>
   <c r="M29" i="3"/>
   <c r="L29" i="3"/>
   <c r="L16" i="3" s="1"/>
   <c r="K29" i="3"/>
   <c r="J29" i="3"/>
   <c r="I29" i="3"/>
   <c r="H29" i="3"/>
   <c r="G29" i="3"/>
+  <c r="G16" i="3" s="1"/>
   <c r="F29" i="3"/>
   <c r="E29" i="3"/>
   <c r="D29" i="3"/>
   <c r="D16" i="3" s="1"/>
   <c r="C29" i="3"/>
   <c r="B29" i="3"/>
   <c r="AE18" i="3"/>
   <c r="AD18" i="3"/>
   <c r="AC18" i="3"/>
   <c r="AC16" i="3" s="1"/>
   <c r="AB18" i="3"/>
+  <c r="AB16" i="3" s="1"/>
   <c r="AA18" i="3"/>
-  <c r="AA16" i="3" s="1"/>
-  <c r="AA3" i="3" s="1"/>
   <c r="Z18" i="3"/>
   <c r="Y18" i="3"/>
   <c r="X18" i="3"/>
+  <c r="X16" i="3" s="1"/>
   <c r="W18" i="3"/>
   <c r="V18" i="3"/>
   <c r="U18" i="3"/>
   <c r="U16" i="3" s="1"/>
   <c r="T18" i="3"/>
   <c r="S18" i="3"/>
-  <c r="S16" i="3" s="1"/>
-[...1 lines deleted...]
-  <c r="S56" i="2" s="1"/>
   <c r="R18" i="3"/>
   <c r="Q18" i="3"/>
   <c r="P18" i="3"/>
+  <c r="P16" i="3" s="1"/>
   <c r="O18" i="3"/>
   <c r="N18" i="3"/>
   <c r="M18" i="3"/>
   <c r="M16" i="3" s="1"/>
   <c r="L18" i="3"/>
   <c r="K18" i="3"/>
-  <c r="K16" i="3" s="1"/>
-[...1 lines deleted...]
-  <c r="K56" i="2" s="1"/>
   <c r="J18" i="3"/>
   <c r="I18" i="3"/>
   <c r="H18" i="3"/>
+  <c r="H16" i="3" s="1"/>
   <c r="G18" i="3"/>
   <c r="F18" i="3"/>
   <c r="E18" i="3"/>
   <c r="E16" i="3" s="1"/>
   <c r="D18" i="3"/>
   <c r="C18" i="3"/>
-  <c r="C16" i="3" s="1"/>
-[...1 lines deleted...]
-  <c r="C56" i="2" s="1"/>
   <c r="B18" i="3"/>
   <c r="T17" i="3"/>
-  <c r="AE16" i="3"/>
-  <c r="AE3" i="3" s="1"/>
+  <c r="T16" i="3" s="1"/>
   <c r="AD16" i="3"/>
+  <c r="AA16" i="3"/>
+  <c r="Z16" i="3"/>
   <c r="Y16" i="3"/>
-  <c r="X16" i="3"/>
-[...3 lines deleted...]
-  <c r="W56" i="1" s="1"/>
+  <c r="Y3" i="3" s="1"/>
+  <c r="Y56" i="2" s="1"/>
   <c r="V16" i="3"/>
+  <c r="S16" i="3"/>
   <c r="R16" i="3"/>
   <c r="Q16" i="3"/>
-  <c r="P16" i="3"/>
-[...2 lines deleted...]
-  <c r="O56" i="2" s="1"/>
+  <c r="Q3" i="3" s="1"/>
+  <c r="Q56" i="2" s="1"/>
   <c r="N16" i="3"/>
+  <c r="K16" i="3"/>
   <c r="J16" i="3"/>
   <c r="I16" i="3"/>
-  <c r="H16" i="3"/>
-[...2 lines deleted...]
-  <c r="G56" i="2" s="1"/>
+  <c r="I3" i="3" s="1"/>
+  <c r="I56" i="2" s="1"/>
   <c r="F16" i="3"/>
+  <c r="C16" i="3"/>
   <c r="B16" i="3"/>
   <c r="AE10" i="3"/>
   <c r="AD10" i="3"/>
   <c r="AC10" i="3"/>
   <c r="AB10" i="3"/>
   <c r="AA10" i="3"/>
   <c r="Z10" i="3"/>
   <c r="Z3" i="3" s="1"/>
   <c r="Y10" i="3"/>
   <c r="X10" i="3"/>
   <c r="W10" i="3"/>
   <c r="V10" i="3"/>
   <c r="U10" i="3"/>
   <c r="T10" i="3"/>
   <c r="S10" i="3"/>
   <c r="R10" i="3"/>
   <c r="R3" i="3" s="1"/>
   <c r="R56" i="2" s="1"/>
   <c r="Q10" i="3"/>
   <c r="P10" i="3"/>
   <c r="O10" i="3"/>
   <c r="N10" i="3"/>
   <c r="M10" i="3"/>
   <c r="L10" i="3"/>
   <c r="K10" i="3"/>
   <c r="J10" i="3"/>
   <c r="J3" i="3" s="1"/>
   <c r="J56" i="2" s="1"/>
   <c r="I10" i="3"/>
   <c r="H10" i="3"/>
   <c r="G10" i="3"/>
   <c r="F10" i="3"/>
   <c r="E10" i="3"/>
   <c r="D10" i="3"/>
   <c r="C10" i="3"/>
   <c r="B10" i="3"/>
   <c r="B3" i="3" s="1"/>
   <c r="B56" i="2" s="1"/>
   <c r="AE5" i="3"/>
   <c r="AD5" i="3"/>
   <c r="AD4" i="3" s="1"/>
   <c r="AD3" i="3" s="1"/>
   <c r="AC5" i="3"/>
   <c r="AC4" i="3" s="1"/>
-  <c r="AC3" i="3" s="1"/>
   <c r="AB5" i="3"/>
   <c r="AA5" i="3"/>
   <c r="Z5" i="3"/>
   <c r="Y5" i="3"/>
   <c r="X5" i="3"/>
+  <c r="X4" i="3" s="1"/>
+  <c r="X3" i="3" s="1"/>
+  <c r="X56" i="2" s="1"/>
   <c r="W5" i="3"/>
   <c r="V5" i="3"/>
   <c r="V4" i="3" s="1"/>
   <c r="V3" i="3" s="1"/>
   <c r="V56" i="2" s="1"/>
   <c r="V56" i="1" s="1"/>
   <c r="U5" i="3"/>
   <c r="U4" i="3" s="1"/>
-  <c r="U3" i="3" s="1"/>
-[...1 lines deleted...]
-  <c r="U56" i="1" s="1"/>
   <c r="T5" i="3"/>
   <c r="S5" i="3"/>
   <c r="R5" i="3"/>
   <c r="Q5" i="3"/>
   <c r="P5" i="3"/>
+  <c r="P4" i="3" s="1"/>
+  <c r="P3" i="3" s="1"/>
+  <c r="P56" i="2" s="1"/>
   <c r="O5" i="3"/>
   <c r="N5" i="3"/>
   <c r="N4" i="3" s="1"/>
   <c r="N3" i="3" s="1"/>
   <c r="N56" i="2" s="1"/>
   <c r="M5" i="3"/>
   <c r="M4" i="3" s="1"/>
-  <c r="M3" i="3" s="1"/>
-  <c r="M56" i="2" s="1"/>
   <c r="L5" i="3"/>
   <c r="K5" i="3"/>
   <c r="J5" i="3"/>
   <c r="I5" i="3"/>
   <c r="H5" i="3"/>
+  <c r="H4" i="3" s="1"/>
+  <c r="H3" i="3" s="1"/>
+  <c r="H56" i="2" s="1"/>
   <c r="G5" i="3"/>
   <c r="F5" i="3"/>
   <c r="F4" i="3" s="1"/>
   <c r="F3" i="3" s="1"/>
   <c r="F56" i="2" s="1"/>
   <c r="E5" i="3"/>
   <c r="E4" i="3" s="1"/>
-  <c r="E3" i="3" s="1"/>
-  <c r="E56" i="2" s="1"/>
   <c r="D5" i="3"/>
   <c r="C5" i="3"/>
   <c r="B5" i="3"/>
   <c r="AE4" i="3"/>
+  <c r="AE3" i="3" s="1"/>
   <c r="AB4" i="3"/>
+  <c r="AB3" i="3" s="1"/>
   <c r="AA4" i="3"/>
   <c r="Z4" i="3"/>
   <c r="Y4" i="3"/>
-  <c r="X4" i="3"/>
   <c r="W4" i="3"/>
+  <c r="W3" i="3" s="1"/>
+  <c r="W56" i="2" s="1"/>
+  <c r="W56" i="1" s="1"/>
   <c r="T4" i="3"/>
-  <c r="T3" i="3" s="1"/>
-  <c r="T56" i="2" s="1"/>
   <c r="S4" i="3"/>
   <c r="R4" i="3"/>
   <c r="Q4" i="3"/>
-  <c r="P4" i="3"/>
   <c r="O4" i="3"/>
+  <c r="O3" i="3" s="1"/>
+  <c r="O56" i="2" s="1"/>
   <c r="L4" i="3"/>
-  <c r="L3" i="3" s="1"/>
-  <c r="L56" i="2" s="1"/>
   <c r="K4" i="3"/>
   <c r="J4" i="3"/>
   <c r="I4" i="3"/>
-  <c r="H4" i="3"/>
   <c r="G4" i="3"/>
+  <c r="G3" i="3" s="1"/>
+  <c r="G56" i="2" s="1"/>
   <c r="D4" i="3"/>
-  <c r="D3" i="3" s="1"/>
-  <c r="D56" i="2" s="1"/>
   <c r="C4" i="3"/>
   <c r="B4" i="3"/>
-  <c r="Y3" i="3"/>
-[...4 lines deleted...]
-  <c r="I56" i="2"/>
+  <c r="AA3" i="3"/>
+  <c r="AA56" i="2" s="1"/>
+  <c r="S3" i="3"/>
+  <c r="S56" i="2" s="1"/>
+  <c r="K3" i="3"/>
+  <c r="K56" i="2" s="1"/>
+  <c r="C3" i="3"/>
+  <c r="C56" i="2" s="1"/>
   <c r="AE49" i="2"/>
   <c r="AD49" i="2"/>
   <c r="AC49" i="2"/>
   <c r="AB49" i="2"/>
   <c r="AA49" i="2"/>
   <c r="Z49" i="2"/>
   <c r="Y49" i="2"/>
   <c r="X49" i="2"/>
   <c r="W49" i="2"/>
   <c r="V49" i="2"/>
   <c r="T49" i="2"/>
   <c r="S49" i="2"/>
   <c r="R49" i="2"/>
   <c r="Q49" i="2"/>
   <c r="P49" i="2"/>
   <c r="O49" i="2"/>
   <c r="N49" i="2"/>
   <c r="M49" i="2"/>
   <c r="L49" i="2"/>
   <c r="K49" i="2"/>
   <c r="J49" i="2"/>
   <c r="I49" i="2"/>
   <c r="H49" i="2"/>
   <c r="G49" i="2"/>
   <c r="F49" i="2"/>
@@ -751,536 +751,526 @@
   <c r="V44" i="2"/>
   <c r="U44" i="2"/>
   <c r="T44" i="2"/>
   <c r="S44" i="2"/>
   <c r="R44" i="2"/>
   <c r="Q44" i="2"/>
   <c r="P44" i="2"/>
   <c r="O44" i="2"/>
   <c r="N44" i="2"/>
   <c r="M44" i="2"/>
   <c r="L44" i="2"/>
   <c r="K44" i="2"/>
   <c r="J44" i="2"/>
   <c r="I44" i="2"/>
   <c r="H44" i="2"/>
   <c r="G44" i="2"/>
   <c r="F44" i="2"/>
   <c r="E44" i="2"/>
   <c r="D44" i="2"/>
   <c r="C44" i="2"/>
   <c r="B44" i="2"/>
   <c r="AE37" i="2"/>
   <c r="AD37" i="2"/>
   <c r="AC37" i="2"/>
   <c r="AB37" i="2"/>
+  <c r="AB16" i="2" s="1"/>
   <c r="AA37" i="2"/>
   <c r="Z37" i="2"/>
-  <c r="Z16" i="2" s="1"/>
-  <c r="Z3" i="2" s="1"/>
   <c r="Y37" i="2"/>
-  <c r="Y16" i="2" s="1"/>
-[...1 lines deleted...]
-  <c r="Y57" i="2" s="1"/>
   <c r="X37" i="2"/>
   <c r="W37" i="2"/>
   <c r="V37" i="2"/>
   <c r="U37" i="2"/>
   <c r="T37" i="2"/>
+  <c r="T16" i="2" s="1"/>
   <c r="S37" i="2"/>
   <c r="R37" i="2"/>
-  <c r="R16" i="2" s="1"/>
-[...1 lines deleted...]
-  <c r="R57" i="2" s="1"/>
   <c r="Q37" i="2"/>
-  <c r="Q16" i="2" s="1"/>
-[...1 lines deleted...]
-  <c r="Q57" i="2" s="1"/>
   <c r="P37" i="2"/>
   <c r="O37" i="2"/>
   <c r="N37" i="2"/>
   <c r="M37" i="2"/>
   <c r="L37" i="2"/>
+  <c r="L16" i="2" s="1"/>
   <c r="K37" i="2"/>
   <c r="J37" i="2"/>
   <c r="J16" i="2" s="1"/>
-  <c r="J3" i="2" s="1"/>
-  <c r="J57" i="2" s="1"/>
   <c r="I37" i="2"/>
-  <c r="I16" i="2" s="1"/>
-[...1 lines deleted...]
-  <c r="I57" i="2" s="1"/>
   <c r="H37" i="2"/>
   <c r="G37" i="2"/>
   <c r="F37" i="2"/>
   <c r="E37" i="2"/>
   <c r="D37" i="2"/>
+  <c r="D16" i="2" s="1"/>
   <c r="C37" i="2"/>
   <c r="B37" i="2"/>
   <c r="B16" i="2" s="1"/>
-  <c r="B3" i="2" s="1"/>
-  <c r="B57" i="2" s="1"/>
   <c r="AE31" i="2"/>
   <c r="AD31" i="2"/>
   <c r="AC31" i="2"/>
-  <c r="AC16" i="2" s="1"/>
-  <c r="AC3" i="2" s="1"/>
   <c r="AB31" i="2"/>
   <c r="AA31" i="2"/>
   <c r="Z31" i="2"/>
   <c r="Y31" i="2"/>
   <c r="X31" i="2"/>
   <c r="W31" i="2"/>
   <c r="V31" i="2"/>
   <c r="U31" i="2"/>
-  <c r="U16" i="2" s="1"/>
-[...1 lines deleted...]
-  <c r="U57" i="2" s="1"/>
   <c r="T31" i="2"/>
   <c r="S31" i="2"/>
   <c r="R31" i="2"/>
   <c r="Q31" i="2"/>
   <c r="P31" i="2"/>
   <c r="O31" i="2"/>
   <c r="N31" i="2"/>
   <c r="M31" i="2"/>
   <c r="M16" i="2" s="1"/>
   <c r="M3" i="2" s="1"/>
-  <c r="M57" i="2" s="1"/>
   <c r="L31" i="2"/>
   <c r="K31" i="2"/>
   <c r="J31" i="2"/>
   <c r="I31" i="2"/>
   <c r="H31" i="2"/>
   <c r="G31" i="2"/>
   <c r="F31" i="2"/>
   <c r="E31" i="2"/>
   <c r="E16" i="2" s="1"/>
   <c r="E3" i="2" s="1"/>
-  <c r="E57" i="2" s="1"/>
   <c r="D31" i="2"/>
   <c r="C31" i="2"/>
   <c r="B31" i="2"/>
   <c r="AE28" i="2"/>
   <c r="AD28" i="2"/>
   <c r="AC28" i="2"/>
   <c r="AB28" i="2"/>
   <c r="AA28" i="2"/>
   <c r="Z28" i="2"/>
   <c r="Y28" i="2"/>
   <c r="X28" i="2"/>
   <c r="W28" i="2"/>
   <c r="V28" i="2"/>
   <c r="U28" i="2"/>
   <c r="T28" i="2"/>
   <c r="S28" i="2"/>
   <c r="R28" i="2"/>
   <c r="Q28" i="2"/>
   <c r="P28" i="2"/>
   <c r="O28" i="2"/>
   <c r="O16" i="2" s="1"/>
   <c r="N28" i="2"/>
   <c r="N16" i="2" s="1"/>
   <c r="M28" i="2"/>
   <c r="L28" i="2"/>
   <c r="K28" i="2"/>
   <c r="J28" i="2"/>
   <c r="I28" i="2"/>
+  <c r="I16" i="2" s="1"/>
   <c r="H28" i="2"/>
   <c r="G28" i="2"/>
   <c r="G16" i="2" s="1"/>
   <c r="F28" i="2"/>
   <c r="F16" i="2" s="1"/>
   <c r="E28" i="2"/>
   <c r="D28" i="2"/>
   <c r="C28" i="2"/>
   <c r="B28" i="2"/>
   <c r="AE18" i="2"/>
   <c r="AE16" i="2" s="1"/>
   <c r="AD18" i="2"/>
   <c r="AD16" i="2" s="1"/>
   <c r="AC18" i="2"/>
+  <c r="AC16" i="2" s="1"/>
+  <c r="AC3" i="2" s="1"/>
   <c r="AB18" i="2"/>
   <c r="AA18" i="2"/>
   <c r="Z18" i="2"/>
+  <c r="Z16" i="2" s="1"/>
   <c r="Y18" i="2"/>
+  <c r="Y16" i="2" s="1"/>
   <c r="X18" i="2"/>
   <c r="W18" i="2"/>
   <c r="W16" i="2" s="1"/>
   <c r="V18" i="2"/>
   <c r="V16" i="2" s="1"/>
   <c r="U18" i="2"/>
+  <c r="U16" i="2" s="1"/>
+  <c r="U3" i="2" s="1"/>
   <c r="T18" i="2"/>
   <c r="S18" i="2"/>
   <c r="R18" i="2"/>
+  <c r="R16" i="2" s="1"/>
   <c r="Q18" i="2"/>
+  <c r="Q16" i="2" s="1"/>
   <c r="P18" i="2"/>
-  <c r="AB16" i="2"/>
   <c r="AA16" i="2"/>
+  <c r="AA3" i="2" s="1"/>
+  <c r="AA57" i="2" s="1"/>
   <c r="X16" i="2"/>
-  <c r="T16" i="2"/>
   <c r="S16" i="2"/>
+  <c r="S3" i="2" s="1"/>
+  <c r="S57" i="2" s="1"/>
   <c r="P16" i="2"/>
-  <c r="L16" i="2"/>
   <c r="K16" i="2"/>
+  <c r="K3" i="2" s="1"/>
+  <c r="K57" i="2" s="1"/>
   <c r="H16" i="2"/>
-  <c r="D16" i="2"/>
   <c r="C16" i="2"/>
+  <c r="C3" i="2" s="1"/>
+  <c r="C57" i="2" s="1"/>
   <c r="AE10" i="2"/>
   <c r="AD10" i="2"/>
   <c r="AC10" i="2"/>
   <c r="AB10" i="2"/>
   <c r="AB3" i="2" s="1"/>
   <c r="AA10" i="2"/>
   <c r="Z10" i="2"/>
   <c r="Y10" i="2"/>
   <c r="X10" i="2"/>
   <c r="W10" i="2"/>
   <c r="V10" i="2"/>
   <c r="U10" i="2"/>
   <c r="T10" i="2"/>
   <c r="T3" i="2" s="1"/>
   <c r="S10" i="2"/>
   <c r="R10" i="2"/>
   <c r="Q10" i="2"/>
   <c r="P10" i="2"/>
   <c r="O10" i="2"/>
   <c r="N10" i="2"/>
   <c r="M10" i="2"/>
   <c r="L10" i="2"/>
   <c r="L3" i="2" s="1"/>
-  <c r="L57" i="2" s="1"/>
   <c r="K10" i="2"/>
   <c r="J10" i="2"/>
   <c r="I10" i="2"/>
   <c r="H10" i="2"/>
   <c r="G10" i="2"/>
   <c r="F10" i="2"/>
   <c r="E10" i="2"/>
   <c r="D10" i="2"/>
   <c r="D3" i="2" s="1"/>
   <c r="C10" i="2"/>
   <c r="B10" i="2"/>
   <c r="AE5" i="2"/>
   <c r="AE4" i="2" s="1"/>
   <c r="AD5" i="2"/>
   <c r="AC5" i="2"/>
   <c r="AB5" i="2"/>
   <c r="AA5" i="2"/>
   <c r="Z5" i="2"/>
+  <c r="Z4" i="2" s="1"/>
+  <c r="Z3" i="2" s="1"/>
   <c r="Y5" i="2"/>
   <c r="X5" i="2"/>
   <c r="X4" i="2" s="1"/>
   <c r="X3" i="2" s="1"/>
   <c r="X57" i="2" s="1"/>
   <c r="W5" i="2"/>
   <c r="W4" i="2" s="1"/>
   <c r="V5" i="2"/>
   <c r="U5" i="2"/>
   <c r="T5" i="2"/>
   <c r="S5" i="2"/>
   <c r="R5" i="2"/>
+  <c r="R4" i="2" s="1"/>
+  <c r="R3" i="2" s="1"/>
+  <c r="R57" i="2" s="1"/>
   <c r="Q5" i="2"/>
   <c r="P5" i="2"/>
   <c r="P4" i="2" s="1"/>
   <c r="P3" i="2" s="1"/>
   <c r="P57" i="2" s="1"/>
   <c r="O5" i="2"/>
   <c r="O4" i="2" s="1"/>
   <c r="N5" i="2"/>
   <c r="M5" i="2"/>
   <c r="L5" i="2"/>
   <c r="K5" i="2"/>
   <c r="J5" i="2"/>
+  <c r="J4" i="2" s="1"/>
   <c r="I5" i="2"/>
   <c r="H5" i="2"/>
   <c r="H4" i="2" s="1"/>
   <c r="H3" i="2" s="1"/>
   <c r="H57" i="2" s="1"/>
   <c r="G5" i="2"/>
   <c r="G4" i="2" s="1"/>
   <c r="F5" i="2"/>
   <c r="E5" i="2"/>
   <c r="D5" i="2"/>
   <c r="C5" i="2"/>
   <c r="B5" i="2"/>
+  <c r="B4" i="2" s="1"/>
   <c r="AD4" i="2"/>
   <c r="AD3" i="2" s="1"/>
   <c r="AC4" i="2"/>
   <c r="AB4" i="2"/>
   <c r="AA4" i="2"/>
-  <c r="Z4" i="2"/>
   <c r="Y4" i="2"/>
   <c r="V4" i="2"/>
   <c r="U4" i="2"/>
   <c r="T4" i="2"/>
   <c r="S4" i="2"/>
-  <c r="R4" i="2"/>
   <c r="Q4" i="2"/>
+  <c r="Q3" i="2" s="1"/>
+  <c r="Q57" i="2" s="1"/>
   <c r="N4" i="2"/>
-  <c r="N3" i="2" s="1"/>
-  <c r="N57" i="2" s="1"/>
   <c r="M4" i="2"/>
   <c r="L4" i="2"/>
   <c r="K4" i="2"/>
-  <c r="J4" i="2"/>
   <c r="I4" i="2"/>
+  <c r="I3" i="2" s="1"/>
+  <c r="I57" i="2" s="1"/>
   <c r="F4" i="2"/>
   <c r="E4" i="2"/>
   <c r="D4" i="2"/>
   <c r="C4" i="2"/>
-  <c r="B4" i="2"/>
-[...6 lines deleted...]
-  <c r="C57" i="2" s="1"/>
   <c r="AE67" i="1"/>
   <c r="AD67" i="1"/>
   <c r="AC67" i="1"/>
   <c r="AB67" i="1"/>
   <c r="AA67" i="1"/>
   <c r="Z67" i="1"/>
   <c r="Y67" i="1"/>
   <c r="X67" i="1"/>
   <c r="W67" i="1"/>
   <c r="V67" i="1"/>
   <c r="U67" i="1"/>
   <c r="T67" i="1"/>
   <c r="S67" i="1"/>
   <c r="R67" i="1"/>
   <c r="Q67" i="1"/>
   <c r="P67" i="1"/>
   <c r="O67" i="1"/>
   <c r="N67" i="1"/>
   <c r="M67" i="1"/>
   <c r="L67" i="1"/>
   <c r="K67" i="1"/>
   <c r="AE64" i="1"/>
   <c r="AE70" i="1" s="1"/>
   <c r="AD64" i="1"/>
   <c r="AD70" i="1" s="1"/>
   <c r="AC64" i="1"/>
   <c r="AC70" i="1" s="1"/>
   <c r="AB64" i="1"/>
   <c r="AB70" i="1" s="1"/>
   <c r="AA64" i="1"/>
   <c r="AA70" i="1" s="1"/>
   <c r="Z64" i="1"/>
   <c r="Z70" i="1" s="1"/>
   <c r="Y64" i="1"/>
   <c r="Y70" i="1" s="1"/>
   <c r="X64" i="1"/>
   <c r="X70" i="1" s="1"/>
   <c r="W64" i="1"/>
   <c r="W70" i="1" s="1"/>
   <c r="V64" i="1"/>
   <c r="V70" i="1" s="1"/>
   <c r="U64" i="1"/>
   <c r="U70" i="1" s="1"/>
   <c r="T64" i="1"/>
   <c r="T70" i="1" s="1"/>
   <c r="S64" i="1"/>
   <c r="S70" i="1" s="1"/>
   <c r="R64" i="1"/>
   <c r="R70" i="1" s="1"/>
   <c r="Q64" i="1"/>
+  <c r="Q70" i="1" s="1"/>
   <c r="P64" i="1"/>
   <c r="P70" i="1" s="1"/>
   <c r="O64" i="1"/>
   <c r="O70" i="1" s="1"/>
   <c r="N64" i="1"/>
   <c r="N70" i="1" s="1"/>
   <c r="M64" i="1"/>
   <c r="M70" i="1" s="1"/>
   <c r="L64" i="1"/>
   <c r="L70" i="1" s="1"/>
   <c r="K64" i="1"/>
-  <c r="K70" i="1" s="1"/>
   <c r="AE61" i="1"/>
   <c r="AD61" i="1"/>
   <c r="AC61" i="1"/>
   <c r="AB61" i="1"/>
   <c r="AA61" i="1"/>
   <c r="Z61" i="1"/>
   <c r="Y61" i="1"/>
   <c r="X61" i="1"/>
   <c r="W61" i="1"/>
   <c r="V61" i="1"/>
   <c r="U61" i="1"/>
   <c r="T61" i="1"/>
   <c r="S61" i="1"/>
   <c r="R61" i="1"/>
   <c r="Q61" i="1"/>
-  <c r="Q70" i="1" s="1"/>
   <c r="P61" i="1"/>
   <c r="O61" i="1"/>
   <c r="N61" i="1"/>
   <c r="M61" i="1"/>
   <c r="L61" i="1"/>
   <c r="K61" i="1"/>
+  <c r="K70" i="1" s="1"/>
   <c r="W50" i="1"/>
+  <c r="W49" i="1" s="1"/>
   <c r="V50" i="1"/>
   <c r="U50" i="1"/>
   <c r="U49" i="1" s="1"/>
   <c r="AE49" i="1"/>
   <c r="AD49" i="1"/>
   <c r="AC49" i="1"/>
   <c r="AB49" i="1"/>
   <c r="AA49" i="1"/>
   <c r="Z49" i="1"/>
   <c r="Y49" i="1"/>
   <c r="X49" i="1"/>
-  <c r="W49" i="1"/>
   <c r="V49" i="1"/>
   <c r="T49" i="1"/>
   <c r="S49" i="1"/>
   <c r="R49" i="1"/>
   <c r="Q49" i="1"/>
   <c r="P49" i="1"/>
   <c r="O49" i="1"/>
   <c r="N49" i="1"/>
   <c r="M49" i="1"/>
   <c r="L49" i="1"/>
   <c r="K49" i="1"/>
   <c r="J49" i="1"/>
   <c r="I49" i="1"/>
   <c r="H49" i="1"/>
   <c r="G49" i="1"/>
   <c r="F49" i="1"/>
   <c r="E49" i="1"/>
   <c r="D49" i="1"/>
   <c r="C49" i="1"/>
   <c r="B49" i="1"/>
   <c r="AE44" i="1"/>
   <c r="AD44" i="1"/>
   <c r="AC44" i="1"/>
   <c r="AB44" i="1"/>
   <c r="AA44" i="1"/>
-  <c r="AA3" i="1" s="1"/>
   <c r="Z44" i="1"/>
   <c r="Y44" i="1"/>
   <c r="X44" i="1"/>
   <c r="W44" i="1"/>
   <c r="V44" i="1"/>
   <c r="U44" i="1"/>
   <c r="T44" i="1"/>
   <c r="S44" i="1"/>
-  <c r="S3" i="1" s="1"/>
-  <c r="S57" i="1" s="1"/>
   <c r="R44" i="1"/>
   <c r="Q44" i="1"/>
   <c r="P44" i="1"/>
   <c r="O44" i="1"/>
   <c r="N44" i="1"/>
   <c r="M44" i="1"/>
   <c r="L44" i="1"/>
   <c r="K44" i="1"/>
-  <c r="K3" i="1" s="1"/>
-  <c r="K57" i="1" s="1"/>
   <c r="J44" i="1"/>
   <c r="I44" i="1"/>
   <c r="H44" i="1"/>
   <c r="G44" i="1"/>
   <c r="F44" i="1"/>
   <c r="E44" i="1"/>
   <c r="D44" i="1"/>
   <c r="C44" i="1"/>
-  <c r="C3" i="1" s="1"/>
-  <c r="C57" i="1" s="1"/>
   <c r="B44" i="1"/>
   <c r="AE37" i="1"/>
   <c r="AD37" i="1"/>
   <c r="AC37" i="1"/>
   <c r="AB37" i="1"/>
   <c r="AA37" i="1"/>
+  <c r="AA16" i="1" s="1"/>
   <c r="Z37" i="1"/>
   <c r="Y37" i="1"/>
   <c r="Y16" i="1" s="1"/>
   <c r="X37" i="1"/>
   <c r="X16" i="1" s="1"/>
   <c r="W37" i="1"/>
   <c r="V37" i="1"/>
   <c r="U37" i="1"/>
   <c r="T37" i="1"/>
   <c r="S37" i="1"/>
+  <c r="S16" i="1" s="1"/>
   <c r="R37" i="1"/>
   <c r="Q37" i="1"/>
   <c r="Q16" i="1" s="1"/>
   <c r="P37" i="1"/>
   <c r="P16" i="1" s="1"/>
   <c r="O37" i="1"/>
   <c r="N37" i="1"/>
   <c r="M37" i="1"/>
   <c r="L37" i="1"/>
   <c r="K37" i="1"/>
+  <c r="K16" i="1" s="1"/>
   <c r="J37" i="1"/>
   <c r="I37" i="1"/>
   <c r="I16" i="1" s="1"/>
   <c r="H37" i="1"/>
   <c r="H16" i="1" s="1"/>
   <c r="G37" i="1"/>
   <c r="F37" i="1"/>
   <c r="E37" i="1"/>
   <c r="D37" i="1"/>
   <c r="C37" i="1"/>
+  <c r="C16" i="1" s="1"/>
   <c r="B37" i="1"/>
   <c r="AE31" i="1"/>
+  <c r="AE16" i="1" s="1"/>
   <c r="AD31" i="1"/>
   <c r="AC31" i="1"/>
   <c r="AB31" i="1"/>
   <c r="AB16" i="1" s="1"/>
   <c r="AB3" i="1" s="1"/>
   <c r="AA31" i="1"/>
   <c r="Z31" i="1"/>
   <c r="Y31" i="1"/>
   <c r="X31" i="1"/>
   <c r="W31" i="1"/>
+  <c r="W16" i="1" s="1"/>
   <c r="V31" i="1"/>
   <c r="U31" i="1"/>
   <c r="T31" i="1"/>
   <c r="T16" i="1" s="1"/>
   <c r="T3" i="1" s="1"/>
   <c r="T57" i="1" s="1"/>
   <c r="S31" i="1"/>
   <c r="R31" i="1"/>
   <c r="Q31" i="1"/>
   <c r="P31" i="1"/>
   <c r="O31" i="1"/>
+  <c r="O16" i="1" s="1"/>
   <c r="N31" i="1"/>
   <c r="M31" i="1"/>
   <c r="L31" i="1"/>
   <c r="L16" i="1" s="1"/>
   <c r="L3" i="1" s="1"/>
   <c r="L57" i="1" s="1"/>
   <c r="K31" i="1"/>
   <c r="J31" i="1"/>
   <c r="I31" i="1"/>
   <c r="H31" i="1"/>
   <c r="G31" i="1"/>
+  <c r="G16" i="1" s="1"/>
   <c r="F31" i="1"/>
   <c r="E31" i="1"/>
   <c r="D31" i="1"/>
   <c r="D16" i="1" s="1"/>
   <c r="D3" i="1" s="1"/>
   <c r="D57" i="1" s="1"/>
   <c r="C31" i="1"/>
   <c r="B31" i="1"/>
   <c r="AE28" i="1"/>
   <c r="AD28" i="1"/>
   <c r="AC28" i="1"/>
   <c r="AB28" i="1"/>
   <c r="AA28" i="1"/>
   <c r="Z28" i="1"/>
   <c r="Y28" i="1"/>
   <c r="X28" i="1"/>
   <c r="W28" i="1"/>
   <c r="V28" i="1"/>
   <c r="U28" i="1"/>
   <c r="T28" i="1"/>
   <c r="S28" i="1"/>
   <c r="R28" i="1"/>
   <c r="Q28" i="1"/>
   <c r="P28" i="1"/>
   <c r="O28" i="1"/>
@@ -1305,335 +1295,357 @@
   <c r="Z18" i="1"/>
   <c r="Y18" i="1"/>
   <c r="X18" i="1"/>
   <c r="W18" i="1"/>
   <c r="V18" i="1"/>
   <c r="U18" i="1"/>
   <c r="T18" i="1"/>
   <c r="S18" i="1"/>
   <c r="R18" i="1"/>
   <c r="Q18" i="1"/>
   <c r="P18" i="1"/>
   <c r="O18" i="1"/>
   <c r="N18" i="1"/>
   <c r="M18" i="1"/>
   <c r="L18" i="1"/>
   <c r="K18" i="1"/>
   <c r="J18" i="1"/>
   <c r="I18" i="1"/>
   <c r="H18" i="1"/>
   <c r="G18" i="1"/>
   <c r="F18" i="1"/>
   <c r="E18" i="1"/>
   <c r="D18" i="1"/>
   <c r="C18" i="1"/>
   <c r="B18" i="1"/>
-  <c r="AE16" i="1"/>
   <c r="AD16" i="1"/>
   <c r="AC16" i="1"/>
-  <c r="AA16" i="1"/>
   <c r="Z16" i="1"/>
-  <c r="W16" i="1"/>
   <c r="V16" i="1"/>
   <c r="U16" i="1"/>
-  <c r="S16" i="1"/>
   <c r="R16" i="1"/>
-  <c r="O16" i="1"/>
   <c r="N16" i="1"/>
   <c r="M16" i="1"/>
-  <c r="K16" i="1"/>
   <c r="J16" i="1"/>
-  <c r="G16" i="1"/>
   <c r="F16" i="1"/>
   <c r="E16" i="1"/>
-  <c r="C16" i="1"/>
   <c r="B16" i="1"/>
   <c r="T11" i="1"/>
   <c r="S11" i="1"/>
   <c r="R11" i="1"/>
   <c r="Q11" i="1"/>
   <c r="AE10" i="1"/>
   <c r="AD10" i="1"/>
   <c r="AC10" i="1"/>
   <c r="AC3" i="1" s="1"/>
   <c r="AB10" i="1"/>
   <c r="AA10" i="1"/>
   <c r="Z10" i="1"/>
   <c r="Y10" i="1"/>
   <c r="X10" i="1"/>
   <c r="W10" i="1"/>
   <c r="V10" i="1"/>
   <c r="U10" i="1"/>
+  <c r="U3" i="1" s="1"/>
   <c r="T10" i="1"/>
   <c r="S10" i="1"/>
   <c r="R10" i="1"/>
   <c r="Q10" i="1"/>
   <c r="P10" i="1"/>
   <c r="O10" i="1"/>
   <c r="N10" i="1"/>
   <c r="M10" i="1"/>
   <c r="M3" i="1" s="1"/>
   <c r="M57" i="1" s="1"/>
   <c r="L10" i="1"/>
   <c r="K10" i="1"/>
   <c r="J10" i="1"/>
   <c r="I10" i="1"/>
   <c r="H10" i="1"/>
   <c r="G10" i="1"/>
   <c r="F10" i="1"/>
   <c r="E10" i="1"/>
   <c r="E3" i="1" s="1"/>
   <c r="E57" i="1" s="1"/>
   <c r="D10" i="1"/>
   <c r="C10" i="1"/>
   <c r="B10" i="1"/>
   <c r="AE5" i="1"/>
   <c r="AD5" i="1"/>
   <c r="AC5" i="1"/>
   <c r="AB5" i="1"/>
   <c r="AA5" i="1"/>
+  <c r="AA4" i="1" s="1"/>
   <c r="Z5" i="1"/>
   <c r="Y5" i="1"/>
   <c r="Y4" i="1" s="1"/>
   <c r="Y3" i="1" s="1"/>
   <c r="Y57" i="1" s="1"/>
   <c r="X5" i="1"/>
   <c r="X4" i="1" s="1"/>
+  <c r="X3" i="1" s="1"/>
+  <c r="X57" i="1" s="1"/>
   <c r="W5" i="1"/>
   <c r="V5" i="1"/>
   <c r="U5" i="1"/>
   <c r="T5" i="1"/>
   <c r="S5" i="1"/>
+  <c r="S4" i="1" s="1"/>
   <c r="R5" i="1"/>
   <c r="Q5" i="1"/>
   <c r="Q4" i="1" s="1"/>
   <c r="Q3" i="1" s="1"/>
   <c r="Q57" i="1" s="1"/>
   <c r="P5" i="1"/>
   <c r="P4" i="1" s="1"/>
+  <c r="P3" i="1" s="1"/>
+  <c r="P57" i="1" s="1"/>
   <c r="O5" i="1"/>
   <c r="N5" i="1"/>
   <c r="M5" i="1"/>
   <c r="L5" i="1"/>
   <c r="K5" i="1"/>
+  <c r="K4" i="1" s="1"/>
   <c r="J5" i="1"/>
   <c r="I5" i="1"/>
   <c r="I4" i="1" s="1"/>
   <c r="I3" i="1" s="1"/>
   <c r="I57" i="1" s="1"/>
   <c r="H5" i="1"/>
   <c r="H4" i="1" s="1"/>
+  <c r="H3" i="1" s="1"/>
+  <c r="H57" i="1" s="1"/>
   <c r="G5" i="1"/>
   <c r="F5" i="1"/>
   <c r="E5" i="1"/>
   <c r="D5" i="1"/>
   <c r="C5" i="1"/>
+  <c r="C4" i="1" s="1"/>
   <c r="B5" i="1"/>
   <c r="AE4" i="1"/>
   <c r="AE3" i="1" s="1"/>
   <c r="AD4" i="1"/>
   <c r="AC4" i="1"/>
   <c r="AB4" i="1"/>
-  <c r="AA4" i="1"/>
   <c r="Z4" i="1"/>
+  <c r="Z3" i="1" s="1"/>
   <c r="W4" i="1"/>
-  <c r="W3" i="1" s="1"/>
-  <c r="W57" i="1" s="1"/>
   <c r="V4" i="1"/>
   <c r="U4" i="1"/>
   <c r="T4" i="1"/>
-  <c r="S4" i="1"/>
   <c r="R4" i="1"/>
+  <c r="R3" i="1" s="1"/>
+  <c r="R57" i="1" s="1"/>
   <c r="O4" i="1"/>
-  <c r="O3" i="1" s="1"/>
-  <c r="O57" i="1" s="1"/>
   <c r="N4" i="1"/>
   <c r="M4" i="1"/>
   <c r="L4" i="1"/>
-  <c r="K4" i="1"/>
   <c r="J4" i="1"/>
+  <c r="J3" i="1" s="1"/>
+  <c r="J57" i="1" s="1"/>
   <c r="G4" i="1"/>
   <c r="G3" i="1" s="1"/>
   <c r="G57" i="1" s="1"/>
   <c r="F4" i="1"/>
   <c r="E4" i="1"/>
   <c r="D4" i="1"/>
-  <c r="C4" i="1"/>
   <c r="B4" i="1"/>
+  <c r="B3" i="1" s="1"/>
+  <c r="B57" i="1" s="1"/>
   <c r="AD3" i="1"/>
-  <c r="Z3" i="1"/>
   <c r="V3" i="1"/>
-  <c r="V57" i="1" s="1"/>
-[...1 lines deleted...]
-  <c r="R57" i="1" s="1"/>
   <c r="N3" i="1"/>
   <c r="N57" i="1" s="1"/>
-  <c r="J3" i="1"/>
-  <c r="J57" i="1" s="1"/>
   <c r="F3" i="1"/>
   <c r="F57" i="1" s="1"/>
-  <c r="B3" i="1"/>
-[...1 lines deleted...]
-  <c r="AE56" i="2" l="1"/>
+  <c r="AB56" i="2" l="1"/>
+  <c r="AB56" i="1"/>
+  <c r="V57" i="1"/>
+  <c r="B3" i="2"/>
+  <c r="B57" i="2" s="1"/>
+  <c r="J3" i="2"/>
+  <c r="J57" i="2" s="1"/>
+  <c r="D3" i="3"/>
+  <c r="D56" i="2" s="1"/>
   <c r="AE56" i="1"/>
+  <c r="AE56" i="2"/>
+  <c r="W3" i="1"/>
+  <c r="W57" i="1" s="1"/>
+  <c r="C3" i="1"/>
+  <c r="C57" i="1" s="1"/>
+  <c r="K3" i="1"/>
+  <c r="K57" i="1" s="1"/>
+  <c r="S3" i="1"/>
+  <c r="S57" i="1" s="1"/>
+  <c r="AA3" i="1"/>
+  <c r="V3" i="2"/>
+  <c r="V57" i="2" s="1"/>
+  <c r="Y3" i="2"/>
+  <c r="Y57" i="2" s="1"/>
+  <c r="T3" i="3"/>
+  <c r="T56" i="2" s="1"/>
+  <c r="M57" i="2"/>
+  <c r="AD56" i="1"/>
+  <c r="AD57" i="1" s="1"/>
+  <c r="AD56" i="2"/>
+  <c r="AD57" i="2" s="1"/>
+  <c r="O3" i="1"/>
+  <c r="O57" i="1" s="1"/>
+  <c r="AB57" i="1"/>
+  <c r="N3" i="2"/>
+  <c r="N57" i="2" s="1"/>
+  <c r="AE57" i="1"/>
   <c r="F3" i="2"/>
   <c r="F57" i="2" s="1"/>
-  <c r="AE57" i="1"/>
-[...8 lines deleted...]
-  <c r="AC57" i="1"/>
   <c r="G3" i="2"/>
   <c r="G57" i="2" s="1"/>
   <c r="O3" i="2"/>
   <c r="O57" i="2" s="1"/>
   <c r="W3" i="2"/>
   <c r="W57" i="2" s="1"/>
   <c r="AE3" i="2"/>
   <c r="AE57" i="2" s="1"/>
   <c r="D57" i="2"/>
+  <c r="L57" i="2"/>
   <c r="T57" i="2"/>
-  <c r="Z57" i="1"/>
-[...1 lines deleted...]
-  <c r="AC56" i="2"/>
+  <c r="AB57" i="2"/>
+  <c r="U57" i="2"/>
+  <c r="L3" i="3"/>
+  <c r="L56" i="2" s="1"/>
+  <c r="E3" i="3"/>
+  <c r="E56" i="2" s="1"/>
+  <c r="E57" i="2" s="1"/>
+  <c r="M3" i="3"/>
+  <c r="M56" i="2" s="1"/>
+  <c r="U3" i="3"/>
+  <c r="U56" i="2" s="1"/>
+  <c r="U56" i="1" s="1"/>
+  <c r="U57" i="1" s="1"/>
+  <c r="AC3" i="3"/>
+  <c r="Z56" i="1"/>
+  <c r="Z57" i="1" s="1"/>
+  <c r="Z56" i="2"/>
+  <c r="Z57" i="2" s="1"/>
+  <c r="AA56" i="1"/>
+  <c r="AC56" i="2" l="1"/>
   <c r="AC57" i="2" s="1"/>
   <c r="AC56" i="1"/>
-  <c r="Z56" i="2"/>
-[...15 lines deleted...]
-  <c r="AB57" i="1" s="1"/>
+  <c r="AC57" i="1" s="1"/>
+  <c r="AA57" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Antalicova Jana</author>
   </authors>
   <commentList>
-    <comment ref="S51" authorId="0" shapeId="0" xr:uid="{73B92F41-3C5E-430A-9969-9266EFBAC60C}">
+    <comment ref="S51" authorId="0" shapeId="0" xr:uid="{B48F8F04-607B-46DF-9471-540302F5FA76}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>Antalicova Jana:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 v NT je o 30 tis. viac </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments2.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>jremeta</author>
     <author>Antalicova Jana</author>
   </authors>
   <commentList>
-    <comment ref="T17" authorId="0" shapeId="0" xr:uid="{D4B7C8FF-2AC0-42B5-929A-9C1949561840}">
+    <comment ref="T17" authorId="0" shapeId="0" xr:uid="{AA2979A6-D744-42BE-AF98-7A7A596BD4DA}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="8"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>IFP:</t>
         </r>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="8"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 vrátane zadržaného nadmerného odpočtu</t>
         </r>
       </text>
     </comment>
-    <comment ref="Z35" authorId="1" shapeId="0" xr:uid="{D5F35EF1-3E62-4C86-85D4-7818E1C2FDA8}">
+    <comment ref="Z35" authorId="1" shapeId="0" xr:uid="{E4AA9A3F-ED34-4BD5-A6E8-4D24781E64B3}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 0,120 dan z poistenia</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1794" uniqueCount="470">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1806" uniqueCount="482">
   <si>
     <t>2024**</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Solidárny príspevok z činností v odvetviach ropy, zemného plynu, uhlia a rafinérií</t>
   </si>
   <si>
     <t>Príjem z odvodu z nadmerných príjmov - elektrárne</t>
   </si>
   <si>
     <t xml:space="preserve">Daňové príjmy verejnej správy na ročnej báze - hotovostná metodika (v tis. eur) </t>
   </si>
   <si>
     <t>Daňové príjmy VS spolu</t>
   </si>
   <si>
     <t>Dane z príjmov, ziskov a kapitálového majetku</t>
   </si>
   <si>
     <t>Daň z príjmov fyzických osôb</t>
   </si>
   <si>
@@ -2951,50 +2963,86 @@
     <t>apríl 2025</t>
   </si>
   <si>
     <t>máj 2025</t>
   </si>
   <si>
     <t>jún 2025</t>
   </si>
   <si>
     <t>júl 2025</t>
   </si>
   <si>
     <t>august 2025</t>
   </si>
   <si>
     <t>september 2025</t>
   </si>
   <si>
     <t>október 2025</t>
   </si>
   <si>
     <t>november 2025</t>
   </si>
   <si>
     <t>december 2025</t>
+  </si>
+  <si>
+    <t>január 2026</t>
+  </si>
+  <si>
+    <t>február 2026</t>
+  </si>
+  <si>
+    <t>marec 2026</t>
+  </si>
+  <si>
+    <t>apríl 2026</t>
+  </si>
+  <si>
+    <t>máj 2026</t>
+  </si>
+  <si>
+    <t>jún 2026</t>
+  </si>
+  <si>
+    <t>júl 2026</t>
+  </si>
+  <si>
+    <t>august 2026</t>
+  </si>
+  <si>
+    <t>september 2026</t>
+  </si>
+  <si>
+    <t>október 2026</t>
+  </si>
+  <si>
+    <t>november 2026</t>
+  </si>
+  <si>
+    <t>december 2026</t>
   </si>
   <si>
     <t>Poznámky:</t>
   </si>
   <si>
     <t>1. DPFO zo závislej činnosti je celkový výnos dane (vrátane odvodov do obcí, VÚC a neznížené o prostriedky prevedené na osobitný účel).</t>
   </si>
   <si>
     <t>2. DPPO je vrátane daní platných do roku 1992, vrátane zabezpečenia dane a neznížená o prostriedky prevedené na osibitné účely</t>
   </si>
   <si>
     <t>3. DPH je vrátane daní platných do roku 1992</t>
   </si>
   <si>
     <t>4. Mesačné výnosy daní sú vrátane sankcií.</t>
   </si>
   <si>
     <t>Daň z finančných transakcií</t>
   </si>
   <si>
     <t>Minerálne oleje</t>
   </si>
   <si>
     <t>Lieh</t>
   </si>
@@ -3184,60 +3232,60 @@
       <scheme val="major"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="major"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="10"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="major"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="major"/>
     </font>
     <font>
-      <b/>
-      <sz val="8"/>
+      <i/>
+      <sz val="11"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="major"/>
     </font>
     <font>
-      <i/>
-      <sz val="11"/>
+      <b/>
+      <sz val="8"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="major"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="major"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -4030,78 +4078,78 @@
     <xf numFmtId="3" fontId="19" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="19" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="19" fillId="0" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="169" fontId="17" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="19" fillId="0" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="19" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="169" fontId="17" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="3" fontId="22" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="3" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="2"/>
     </xf>
     <xf numFmtId="3" fontId="21" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="3" fontId="21" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="3" fontId="5" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="168" fontId="20" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="2"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Normálna" xfId="0" builtinId="0"/>
-    <cellStyle name="Normálna 3" xfId="2" xr:uid="{533EEA8C-161D-4A0B-B2AB-771E76FA48B7}"/>
-    <cellStyle name="Normálna 6" xfId="3" xr:uid="{87BEFF31-0653-456B-9BF6-DB4A6C6D864A}"/>
+    <cellStyle name="Normálna 3" xfId="2" xr:uid="{26F54116-AD8D-46A0-A4B9-1B61D6E96EFD}"/>
+    <cellStyle name="Normálna 6" xfId="3" xr:uid="{11A12223-AB89-424A-AB75-9596730D9580}"/>
     <cellStyle name="Percentá" xfId="1" builtinId="5"/>
-    <cellStyle name="Percentá 3" xfId="4" xr:uid="{CA460891-BC3C-452A-942F-221CEB018C13}"/>
+    <cellStyle name="Percentá 3" xfId="4" xr:uid="{780804F2-EFEC-4FC9-8397-DEBA0F4871E2}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motív Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -4346,51 +4394,51 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DEAFD02A-DF4C-4BA0-B4CF-521D0A750304}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D20DF347-4DD6-4E10-AEEC-7F2550BB230A}">
   <sheetPr codeName="Hárok5">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AG96"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane xSplit="1" ySplit="2" topLeftCell="X39" activePane="bottomRight" state="frozen"/>
       <selection activeCell="AA17" sqref="AA17"/>
       <selection pane="topRight" activeCell="AA17" sqref="AA17"/>
       <selection pane="bottomLeft" activeCell="AA17" sqref="AA17"/>
       <selection pane="bottomRight" activeCell="AA17" sqref="AA17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.453125" defaultRowHeight="13.4" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="56" style="4" customWidth="1"/>
     <col min="2" max="13" width="9.81640625" style="4" customWidth="1"/>
     <col min="14" max="21" width="11.26953125" style="4" customWidth="1"/>
     <col min="22" max="22" width="11.26953125" style="34" customWidth="1"/>
     <col min="23" max="28" width="11.26953125" style="4" customWidth="1"/>
     <col min="29" max="31" width="11.26953125" style="34" customWidth="1"/>
     <col min="32" max="16384" width="9.453125" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:33" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
@@ -11146,58 +11194,58 @@
     <mergeCell ref="AD38:AD39"/>
     <mergeCell ref="AE38:AE39"/>
     <mergeCell ref="X38:X39"/>
     <mergeCell ref="Y38:Y39"/>
     <mergeCell ref="Z38:Z39"/>
     <mergeCell ref="AA38:AA39"/>
     <mergeCell ref="AB38:AB39"/>
     <mergeCell ref="AC38:AC39"/>
     <mergeCell ref="R38:R39"/>
     <mergeCell ref="S38:S39"/>
     <mergeCell ref="T38:T39"/>
     <mergeCell ref="U38:U39"/>
     <mergeCell ref="V38:V39"/>
     <mergeCell ref="W38:W39"/>
   </mergeCells>
   <pageMargins left="0.15748031496062992" right="0.15748031496062992" top="0.59055118110236227" bottom="0.59055118110236227" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="65" orientation="landscape"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Interné</oddFooter>
   </headerFooter>
   <legacyDrawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7068AC5B-D634-4490-9DEA-AE55C29075ED}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{53D9D733-D976-42AD-8346-B3B99BDC216E}">
   <sheetPr codeName="Hárok3">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AE68"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <pane xSplit="1" ySplit="2" topLeftCell="U18" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="2" topLeftCell="U39" activePane="bottomRight" state="frozen"/>
       <selection activeCell="AA17" sqref="AA17"/>
       <selection pane="topRight" activeCell="AA17" sqref="AA17"/>
       <selection pane="bottomLeft" activeCell="AA17" sqref="AA17"/>
       <selection pane="bottomRight" activeCell="U49" sqref="U49"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.453125" defaultRowHeight="13.4" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="51.453125" style="4" customWidth="1"/>
     <col min="2" max="11" width="8.81640625" style="4" customWidth="1"/>
     <col min="12" max="13" width="9.54296875" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="16" width="9.81640625" style="4" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="9.54296875" style="4" bestFit="1" customWidth="1"/>
     <col min="18" max="21" width="9.81640625" style="4" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="10.54296875" style="4" customWidth="1"/>
     <col min="23" max="23" width="10.54296875" style="34" customWidth="1"/>
     <col min="24" max="31" width="11.453125" style="4" customWidth="1"/>
     <col min="32" max="16384" width="9.453125" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:31" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="53"/>
@@ -16797,51 +16845,51 @@
   <mergeCells count="14">
     <mergeCell ref="AD38:AD39"/>
     <mergeCell ref="AE38:AE39"/>
     <mergeCell ref="X38:X39"/>
     <mergeCell ref="Y38:Y39"/>
     <mergeCell ref="Z38:Z39"/>
     <mergeCell ref="AA38:AA39"/>
     <mergeCell ref="AB38:AB39"/>
     <mergeCell ref="AC38:AC39"/>
     <mergeCell ref="R38:R39"/>
     <mergeCell ref="S38:S39"/>
     <mergeCell ref="T38:T39"/>
     <mergeCell ref="U38:U39"/>
     <mergeCell ref="V38:V39"/>
     <mergeCell ref="W38:W39"/>
   </mergeCells>
   <pageMargins left="0.15748031496062992" right="0.35433070866141736" top="0.59055118110236227" bottom="0.59055118110236227" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="64" orientation="landscape"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Interné</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E5015A32-4BEA-49D1-A5FD-04825756EFA1}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{176689CB-54C1-4E82-8380-09FC8581072C}">
   <sheetPr codeName="Hárok7">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AE55"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane xSplit="1" ySplit="2" topLeftCell="P3" activePane="bottomRight" state="frozen"/>
       <selection activeCell="AA17" sqref="AA17"/>
       <selection pane="topRight" activeCell="AA17" sqref="AA17"/>
       <selection pane="bottomLeft" activeCell="AA17" sqref="AA17"/>
       <selection pane="bottomRight" activeCell="AA17" sqref="AA17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.453125" defaultRowHeight="13.4" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="50" style="4" customWidth="1"/>
     <col min="2" max="11" width="8.81640625" style="4" customWidth="1"/>
     <col min="12" max="19" width="9.453125" style="4"/>
     <col min="20" max="21" width="9.81640625" style="4" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="9.453125" style="4"/>
     <col min="23" max="23" width="9.453125" style="34"/>
     <col min="24" max="16384" width="9.453125" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:31" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
@@ -21205,60 +21253,60 @@
       <c r="L54" s="72"/>
       <c r="M54" s="72"/>
       <c r="N54" s="72"/>
       <c r="O54" s="72"/>
     </row>
     <row r="55" spans="2:21" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="N55" s="8"/>
       <c r="O55" s="8"/>
       <c r="P55" s="8"/>
       <c r="Q55" s="8"/>
       <c r="R55" s="8"/>
       <c r="S55" s="8"/>
       <c r="T55" s="8"/>
     </row>
   </sheetData>
   <pageMargins left="0.15748031496062992" right="0.35433070866141736" top="0.59055118110236227" bottom="0.59055118110236227" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="63" orientation="landscape"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Interné</oddFooter>
   </headerFooter>
   <legacyDrawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D084AEB2-5D16-4228-BCCB-CE8ADBE6D92B}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CF09E67D-9D63-4584-8EC0-0E89FE515637}">
   <sheetPr codeName="Hárok8"/>
-  <dimension ref="A1:S394"/>
+  <dimension ref="A1:S407"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <pane xSplit="1" ySplit="4" topLeftCell="B355" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="4" topLeftCell="B250" activePane="bottomRight" state="frozen"/>
       <selection activeCell="AA17" sqref="AA17"/>
       <selection pane="topRight" activeCell="AA17" sqref="AA17"/>
       <selection pane="bottomLeft" activeCell="AA17" sqref="AA17"/>
-      <selection pane="bottomRight" activeCell="M379" sqref="M379"/>
+      <selection pane="bottomRight" activeCell="A257" sqref="A257"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="13.4" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="16" style="4" customWidth="1"/>
     <col min="2" max="2" width="11.453125" style="4" customWidth="1"/>
     <col min="3" max="3" width="12.1796875" style="4" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="10.453125" style="4" customWidth="1"/>
     <col min="5" max="5" width="9.1796875" style="4" customWidth="1"/>
     <col min="6" max="6" width="8.7265625" style="4"/>
     <col min="7" max="7" width="12" style="4" bestFit="1" customWidth="1"/>
     <col min="8" max="15" width="9.54296875" style="4" customWidth="1"/>
     <col min="16" max="16" width="12.453125" style="4" customWidth="1"/>
     <col min="17" max="17" width="10.81640625" style="4" customWidth="1"/>
     <col min="18" max="16384" width="8.7265625" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="73" t="s">
         <v>76</v>
       </c>
       <c r="B1" s="74"/>
       <c r="C1" s="74"/>
       <c r="D1" s="74"/>
       <c r="E1" s="74"/>
@@ -21276,120 +21324,120 @@
     </row>
     <row r="2" spans="1:17" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="76"/>
       <c r="B2" s="77" t="s">
         <v>77</v>
       </c>
       <c r="C2" s="78" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="79"/>
       <c r="E2" s="79"/>
       <c r="F2" s="80"/>
       <c r="G2" s="81" t="s">
         <v>18</v>
       </c>
       <c r="H2" s="82"/>
       <c r="I2" s="82"/>
       <c r="J2" s="82"/>
       <c r="K2" s="82"/>
       <c r="L2" s="82"/>
       <c r="M2" s="82"/>
       <c r="N2" s="82"/>
       <c r="O2" s="83"/>
       <c r="P2" s="82"/>
       <c r="Q2" s="84" t="s">
-        <v>459</v>
+        <v>471</v>
       </c>
     </row>
     <row r="3" spans="1:17" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="85"/>
       <c r="B3" s="86"/>
       <c r="C3" s="87" t="s">
         <v>78</v>
       </c>
       <c r="D3" s="88" t="s">
         <v>79</v>
       </c>
       <c r="E3" s="88" t="s">
         <v>80</v>
       </c>
       <c r="F3" s="89" t="s">
         <v>81</v>
       </c>
       <c r="G3" s="90" t="s">
         <v>19</v>
       </c>
       <c r="H3" s="91"/>
       <c r="I3" s="92" t="s">
         <v>20</v>
       </c>
       <c r="J3" s="92"/>
       <c r="K3" s="92"/>
       <c r="L3" s="92"/>
       <c r="M3" s="92"/>
       <c r="N3" s="92"/>
       <c r="O3" s="93"/>
       <c r="P3" s="92"/>
       <c r="Q3" s="94">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:17" s="51" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="95"/>
       <c r="B4" s="96"/>
       <c r="C4" s="97"/>
       <c r="D4" s="98"/>
       <c r="E4" s="98"/>
       <c r="F4" s="99"/>
       <c r="G4" s="97"/>
       <c r="H4" s="100" t="s">
-        <v>460</v>
+        <v>472</v>
       </c>
       <c r="I4" s="101" t="s">
-        <v>461</v>
+        <v>473</v>
       </c>
       <c r="J4" s="101" t="s">
-        <v>462</v>
+        <v>474</v>
       </c>
       <c r="K4" s="101" t="s">
-        <v>463</v>
+        <v>475</v>
       </c>
       <c r="L4" s="101" t="s">
-        <v>464</v>
+        <v>476</v>
       </c>
       <c r="M4" s="101" t="s">
-        <v>465</v>
+        <v>477</v>
       </c>
       <c r="N4" s="101" t="s">
-        <v>466</v>
+        <v>478</v>
       </c>
       <c r="O4" s="101" t="s">
-        <v>467</v>
+        <v>479</v>
       </c>
       <c r="P4" s="101" t="s">
-        <v>468</v>
+        <v>480</v>
       </c>
       <c r="Q4" s="102">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:17" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="103" t="s">
         <v>82</v>
       </c>
       <c r="B5" s="104">
         <f t="shared" ref="B5:B68" si="0">C5+D5+E5+F5+G5+H5+I5+J5+K5+L5</f>
         <v>376508.19810000772</v>
       </c>
       <c r="C5" s="105">
         <v>47294.426243112262</v>
       </c>
       <c r="D5" s="106">
         <v>3824.280687777999</v>
       </c>
       <c r="E5" s="106">
         <v>50403.043450839803</v>
       </c>
       <c r="F5" s="106">
         <v>65697.006239156646</v>
       </c>
@@ -40419,51 +40467,51 @@
       </c>
       <c r="L369" s="106">
         <v>79196.098060000004</v>
       </c>
       <c r="M369" s="106">
         <v>1027.6591700000001</v>
       </c>
       <c r="N369" s="106">
         <v>1779.4639</v>
       </c>
       <c r="O369" s="106">
         <v>9.8562199999999986</v>
       </c>
       <c r="P369" s="132">
         <v>8641.6608400000005</v>
       </c>
       <c r="Q369" s="107">
         <v>19892.238379999999</v>
       </c>
     </row>
     <row r="370" spans="1:17" s="144" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A370" s="139" t="s">
         <v>447</v>
       </c>
       <c r="B370" s="121">
-        <f t="shared" ref="B370:B376" si="8">C370+D370+E370+F370+G370+H370+I370+J370+K370+L370+M370+N370+O370+P370+Q370</f>
+        <f t="shared" ref="B370:B380" si="8">C370+D370+E370+F370+G370+H370+I370+J370+K370+L370+M370+N370+O370+P370+Q370</f>
         <v>2521451.96899</v>
       </c>
       <c r="C370" s="106">
         <v>438427.71350000001</v>
       </c>
       <c r="D370" s="106">
         <v>59260.235390000002</v>
       </c>
       <c r="E370" s="106">
         <v>919291.98887</v>
       </c>
       <c r="F370" s="108">
         <v>40389.260350000004</v>
       </c>
       <c r="G370" s="107">
         <v>801856.1507</v>
       </c>
       <c r="H370" s="106">
         <v>116929.16265000001</v>
       </c>
       <c r="I370" s="106">
         <v>18281.379559999998</v>
       </c>
       <c r="J370" s="106">
         <v>5380.7875300000005</v>
@@ -40793,288 +40841,653 @@
         <v>3541.5480200000002</v>
       </c>
       <c r="K376" s="135">
         <v>541.73375999999996</v>
       </c>
       <c r="L376" s="135">
         <v>72793.543770000106</v>
       </c>
       <c r="M376" s="135">
         <v>942.54521000000102</v>
       </c>
       <c r="N376" s="135">
         <v>2286.3383699999999</v>
       </c>
       <c r="O376" s="135">
         <v>31.351970000000001</v>
       </c>
       <c r="P376" s="138">
         <v>6705.86067</v>
       </c>
       <c r="Q376" s="137">
         <v>55629.06637</v>
       </c>
     </row>
     <row r="377" spans="1:17" s="144" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A377" s="145" t="s">
+      <c r="A377" s="125" t="s">
         <v>454</v>
       </c>
-      <c r="B377" s="146"/>
-[...13 lines deleted...]
-        <v>469</v>
+      <c r="B377" s="121">
+        <f t="shared" si="8"/>
+        <v>2108399.5611700001</v>
+      </c>
+      <c r="C377" s="127">
+        <v>427684.47756000003</v>
+      </c>
+      <c r="D377" s="127">
+        <v>6549.8654299999998</v>
+      </c>
+      <c r="E377" s="127">
+        <v>253356.21734999999</v>
+      </c>
+      <c r="F377" s="128">
+        <v>66516.439549999996</v>
+      </c>
+      <c r="G377" s="141">
+        <v>1061863.04669</v>
+      </c>
+      <c r="H377" s="127">
+        <v>110065.39795</v>
+      </c>
+      <c r="I377" s="127">
+        <v>26438.797340000001</v>
+      </c>
+      <c r="J377" s="127">
+        <v>3897.8667799999998</v>
+      </c>
+      <c r="K377" s="127">
+        <v>898.40939000000003</v>
+      </c>
+      <c r="L377" s="127">
+        <v>88337.059640000007</v>
+      </c>
+      <c r="M377" s="127">
+        <v>927.49404000000004</v>
+      </c>
+      <c r="N377" s="127">
+        <v>2549.22876</v>
+      </c>
+      <c r="O377" s="127">
+        <v>35.511060000000001</v>
+      </c>
+      <c r="P377" s="130">
+        <v>8865.3086999999996</v>
+      </c>
+      <c r="Q377" s="141">
+        <v>50414.440929999997</v>
       </c>
     </row>
     <row r="378" spans="1:17" s="144" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A378" s="149" t="s">
+      <c r="A378" s="139" t="s">
         <v>455</v>
       </c>
-      <c r="B378" s="146"/>
-[...13 lines deleted...]
-      <c r="P378" s="106"/>
+      <c r="B378" s="121">
+        <f t="shared" si="8"/>
+        <v>1825285.9017699994</v>
+      </c>
+      <c r="C378" s="106">
+        <v>372470.272</v>
+      </c>
+      <c r="D378" s="106">
+        <v>14859.23129</v>
+      </c>
+      <c r="E378" s="106">
+        <v>312098.34982</v>
+      </c>
+      <c r="F378" s="108">
+        <v>32688.001179999999</v>
+      </c>
+      <c r="G378" s="107">
+        <v>838716.65304999996</v>
+      </c>
+      <c r="H378" s="106">
+        <v>100701.77986</v>
+      </c>
+      <c r="I378" s="106">
+        <v>15804.20709</v>
+      </c>
+      <c r="J378" s="106">
+        <v>3018.5407799999998</v>
+      </c>
+      <c r="K378" s="106">
+        <v>191.88982000000001</v>
+      </c>
+      <c r="L378" s="106">
+        <v>87402.544800000003</v>
+      </c>
+      <c r="M378" s="106">
+        <v>1208.9460800000002</v>
+      </c>
+      <c r="N378" s="106">
+        <v>3209.3216899999998</v>
+      </c>
+      <c r="O378" s="106">
+        <v>35.000059999999998</v>
+      </c>
+      <c r="P378" s="132">
+        <v>5365.2155000000002</v>
+      </c>
+      <c r="Q378" s="107">
+        <v>37515.948750000003</v>
+      </c>
     </row>
     <row r="379" spans="1:17" s="144" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A379" s="149" t="s">
+      <c r="A379" s="139" t="s">
         <v>456</v>
       </c>
-      <c r="B379" s="146"/>
-[...5 lines deleted...]
-      <c r="H379" s="8"/>
+      <c r="B379" s="121">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="C379" s="106"/>
+      <c r="D379" s="106"/>
+      <c r="E379" s="106"/>
+      <c r="F379" s="108"/>
+      <c r="G379" s="107"/>
+      <c r="H379" s="106"/>
       <c r="I379" s="106"/>
       <c r="J379" s="106"/>
       <c r="K379" s="106"/>
       <c r="L379" s="106"/>
       <c r="M379" s="106"/>
       <c r="N379" s="106"/>
       <c r="O379" s="106"/>
-      <c r="P379" s="106"/>
+      <c r="P379" s="132"/>
+      <c r="Q379" s="107"/>
     </row>
     <row r="380" spans="1:17" s="144" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A380" s="149" t="s">
+      <c r="A380" s="139" t="s">
         <v>457</v>
       </c>
-      <c r="B380" s="146"/>
-[...5 lines deleted...]
-      <c r="H380" s="8"/>
+      <c r="B380" s="121">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="C380" s="106"/>
+      <c r="D380" s="106"/>
+      <c r="E380" s="106"/>
+      <c r="F380" s="108"/>
+      <c r="G380" s="107"/>
+      <c r="H380" s="106"/>
       <c r="I380" s="106"/>
       <c r="J380" s="106"/>
       <c r="K380" s="106"/>
       <c r="L380" s="106"/>
       <c r="M380" s="106"/>
       <c r="N380" s="106"/>
       <c r="O380" s="106"/>
-      <c r="P380" s="106"/>
+      <c r="P380" s="132"/>
+      <c r="Q380" s="107"/>
     </row>
     <row r="381" spans="1:17" s="144" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A381" s="149" t="s">
+      <c r="A381" s="139" t="s">
         <v>458</v>
       </c>
-      <c r="B381" s="146"/>
-[...42 lines deleted...]
-      <c r="I384" s="8"/>
+      <c r="B381" s="121">
+        <f>C381+D381+E381+F381+G381+H381+I381+J381+K381+L381+M381+N381+O381+P381+Q381</f>
+        <v>0</v>
+      </c>
+      <c r="C381" s="106"/>
+      <c r="D381" s="106"/>
+      <c r="E381" s="106"/>
+      <c r="F381" s="108"/>
+      <c r="G381" s="107"/>
+      <c r="H381" s="106"/>
+      <c r="I381" s="106"/>
+      <c r="J381" s="106"/>
+      <c r="K381" s="106"/>
+      <c r="L381" s="106"/>
+      <c r="M381" s="106"/>
+      <c r="N381" s="106"/>
+      <c r="O381" s="106"/>
+      <c r="P381" s="132"/>
+      <c r="Q381" s="107"/>
+    </row>
+    <row r="382" spans="1:17" s="144" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A382" s="139" t="s">
+        <v>459</v>
+      </c>
+      <c r="B382" s="121">
+        <f t="shared" ref="B382:B388" si="9">C382+D382+E382+F382+G382+H382+I382+J382+K382+L382+M382+N382+O382+P382+Q382</f>
+        <v>0</v>
+      </c>
+      <c r="C382" s="106"/>
+      <c r="D382" s="106"/>
+      <c r="E382" s="106"/>
+      <c r="F382" s="108"/>
+      <c r="G382" s="107"/>
+      <c r="H382" s="106"/>
+      <c r="I382" s="106"/>
+      <c r="J382" s="106"/>
+      <c r="K382" s="106"/>
+      <c r="L382" s="106"/>
+      <c r="M382" s="106"/>
+      <c r="N382" s="106"/>
+      <c r="O382" s="106"/>
+      <c r="P382" s="132"/>
+      <c r="Q382" s="107"/>
+    </row>
+    <row r="383" spans="1:17" s="144" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A383" s="139" t="s">
+        <v>460</v>
+      </c>
+      <c r="B383" s="121">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="C383" s="106"/>
+      <c r="D383" s="106"/>
+      <c r="E383" s="106"/>
+      <c r="F383" s="108"/>
+      <c r="G383" s="107"/>
+      <c r="H383" s="106"/>
+      <c r="I383" s="106"/>
+      <c r="J383" s="106"/>
+      <c r="K383" s="106"/>
+      <c r="L383" s="106"/>
+      <c r="M383" s="106"/>
+      <c r="N383" s="106"/>
+      <c r="O383" s="106"/>
+      <c r="P383" s="132"/>
+      <c r="Q383" s="107"/>
+    </row>
+    <row r="384" spans="1:17" s="144" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A384" s="139" t="s">
+        <v>461</v>
+      </c>
+      <c r="B384" s="121">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="C384" s="106"/>
+      <c r="D384" s="106"/>
+      <c r="E384" s="106"/>
+      <c r="F384" s="108"/>
+      <c r="G384" s="107"/>
+      <c r="H384" s="106"/>
+      <c r="I384" s="106"/>
       <c r="J384" s="106"/>
       <c r="K384" s="106"/>
-      <c r="L384" s="8"/>
-[...69 lines deleted...]
-      <c r="B390" s="146"/>
+      <c r="L384" s="106"/>
+      <c r="M384" s="106"/>
+      <c r="N384" s="106"/>
+      <c r="O384" s="106"/>
+      <c r="P384" s="132"/>
+      <c r="Q384" s="107"/>
+    </row>
+    <row r="385" spans="1:18" s="144" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A385" s="139" t="s">
+        <v>462</v>
+      </c>
+      <c r="B385" s="121">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="C385" s="106"/>
+      <c r="D385" s="106"/>
+      <c r="E385" s="106"/>
+      <c r="F385" s="108"/>
+      <c r="G385" s="107"/>
+      <c r="H385" s="106"/>
+      <c r="I385" s="106"/>
+      <c r="J385" s="106"/>
+      <c r="K385" s="106"/>
+      <c r="L385" s="106"/>
+      <c r="M385" s="106"/>
+      <c r="N385" s="106"/>
+      <c r="O385" s="106"/>
+      <c r="P385" s="132"/>
+      <c r="Q385" s="107"/>
+    </row>
+    <row r="386" spans="1:18" s="144" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A386" s="139" t="s">
+        <v>463</v>
+      </c>
+      <c r="B386" s="121">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="C386" s="106"/>
+      <c r="D386" s="106"/>
+      <c r="E386" s="106"/>
+      <c r="F386" s="108"/>
+      <c r="G386" s="107"/>
+      <c r="H386" s="106"/>
+      <c r="I386" s="106"/>
+      <c r="J386" s="106"/>
+      <c r="K386" s="106"/>
+      <c r="L386" s="106"/>
+      <c r="M386" s="106"/>
+      <c r="N386" s="106"/>
+      <c r="O386" s="106"/>
+      <c r="P386" s="132"/>
+      <c r="Q386" s="107"/>
+    </row>
+    <row r="387" spans="1:18" s="144" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A387" s="139" t="s">
+        <v>464</v>
+      </c>
+      <c r="B387" s="121">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="C387" s="106"/>
+      <c r="D387" s="106"/>
+      <c r="E387" s="106"/>
+      <c r="F387" s="108"/>
+      <c r="G387" s="107"/>
+      <c r="H387" s="106"/>
+      <c r="I387" s="106"/>
+      <c r="J387" s="106"/>
+      <c r="K387" s="106"/>
+      <c r="L387" s="106"/>
+      <c r="M387" s="106"/>
+      <c r="N387" s="106"/>
+      <c r="O387" s="106"/>
+      <c r="P387" s="132"/>
+      <c r="Q387" s="107"/>
+    </row>
+    <row r="388" spans="1:18" s="144" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A388" s="142" t="s">
+        <v>465</v>
+      </c>
+      <c r="B388" s="134">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="C388" s="135"/>
+      <c r="D388" s="135"/>
+      <c r="E388" s="135"/>
+      <c r="F388" s="136"/>
+      <c r="G388" s="137"/>
+      <c r="H388" s="135"/>
+      <c r="I388" s="135"/>
+      <c r="J388" s="135"/>
+      <c r="K388" s="135"/>
+      <c r="L388" s="135"/>
+      <c r="M388" s="135"/>
+      <c r="N388" s="135"/>
+      <c r="O388" s="135"/>
+      <c r="P388" s="138"/>
+      <c r="Q388" s="137"/>
+    </row>
+    <row r="389" spans="1:18" s="144" customFormat="1" ht="14" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A389" s="139"/>
+      <c r="B389" s="104"/>
+      <c r="C389" s="106"/>
+      <c r="D389" s="106"/>
+      <c r="E389" s="106"/>
+      <c r="F389" s="106"/>
+      <c r="G389" s="106"/>
+      <c r="H389" s="106"/>
+      <c r="I389" s="106"/>
+      <c r="J389" s="106"/>
+      <c r="K389" s="106"/>
+      <c r="L389" s="106"/>
+      <c r="M389" s="106"/>
+      <c r="N389" s="106"/>
+      <c r="O389" s="106"/>
+      <c r="Q389" s="145" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="390" spans="1:18" s="144" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A390" s="146" t="s">
+        <v>466</v>
+      </c>
+      <c r="B390" s="147"/>
       <c r="C390" s="8"/>
       <c r="D390" s="8"/>
       <c r="E390" s="8"/>
       <c r="F390" s="8"/>
       <c r="G390" s="8"/>
-      <c r="H390" s="8"/>
-[...10 lines deleted...]
-      <c r="A391" s="155"/>
+      <c r="H390" s="148"/>
+      <c r="I390" s="106"/>
+      <c r="J390" s="106"/>
+      <c r="K390" s="106"/>
+      <c r="L390" s="106"/>
+      <c r="M390" s="106"/>
+      <c r="N390" s="106"/>
+    </row>
+    <row r="391" spans="1:18" s="144" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A391" s="149" t="s">
+        <v>467</v>
+      </c>
+      <c r="B391" s="147"/>
       <c r="C391" s="8"/>
       <c r="D391" s="8"/>
       <c r="E391" s="8"/>
       <c r="F391" s="8"/>
       <c r="G391" s="8"/>
       <c r="H391" s="8"/>
-      <c r="I391" s="8"/>
-[...12 lines deleted...]
-      <c r="A394" s="152"/>
+      <c r="I391" s="106"/>
+      <c r="J391" s="106"/>
+      <c r="K391" s="106"/>
+      <c r="L391" s="106"/>
+      <c r="M391" s="106"/>
+      <c r="N391" s="106"/>
+      <c r="O391" s="106"/>
+      <c r="P391" s="106"/>
+    </row>
+    <row r="392" spans="1:18" s="144" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A392" s="149" t="s">
+        <v>468</v>
+      </c>
+      <c r="B392" s="147"/>
+      <c r="C392" s="8"/>
+      <c r="D392" s="8"/>
+      <c r="E392" s="8"/>
+      <c r="F392" s="8"/>
+      <c r="G392" s="8"/>
+      <c r="H392" s="8"/>
+      <c r="I392" s="106"/>
+      <c r="J392" s="106"/>
+      <c r="K392" s="106"/>
+      <c r="L392" s="106"/>
+      <c r="M392" s="106"/>
+      <c r="N392" s="106"/>
+      <c r="O392" s="106"/>
+      <c r="P392" s="106"/>
+    </row>
+    <row r="393" spans="1:18" s="144" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A393" s="149" t="s">
+        <v>469</v>
+      </c>
+      <c r="B393" s="147"/>
+      <c r="C393" s="8"/>
+      <c r="D393" s="8"/>
+      <c r="E393" s="8"/>
+      <c r="F393" s="8"/>
+      <c r="G393" s="8"/>
+      <c r="H393" s="8"/>
+      <c r="I393" s="106"/>
+      <c r="J393" s="106"/>
+      <c r="K393" s="106"/>
+      <c r="L393" s="106"/>
+      <c r="M393" s="106"/>
+      <c r="N393" s="106"/>
+      <c r="O393" s="106"/>
+      <c r="P393" s="106"/>
+    </row>
+    <row r="394" spans="1:18" s="144" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A394" s="149" t="s">
+        <v>470</v>
+      </c>
+      <c r="B394" s="147"/>
+      <c r="C394" s="8"/>
+      <c r="D394" s="8"/>
+      <c r="E394" s="8"/>
+      <c r="F394" s="8"/>
+      <c r="G394" s="8"/>
+      <c r="H394" s="8"/>
+      <c r="I394" s="150"/>
+      <c r="J394" s="150"/>
+      <c r="K394" s="151"/>
+      <c r="L394" s="151"/>
+    </row>
+    <row r="395" spans="1:18" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A395" s="152" t="s">
+        <v>58</v>
+      </c>
+      <c r="B395" s="147"/>
+      <c r="C395" s="8"/>
+      <c r="D395" s="8"/>
+      <c r="E395" s="8"/>
+      <c r="F395" s="8"/>
+      <c r="G395" s="8"/>
+      <c r="H395" s="8"/>
+      <c r="I395" s="148"/>
+      <c r="J395" s="148"/>
+      <c r="K395" s="148"/>
+      <c r="L395" s="148"/>
+      <c r="M395" s="148"/>
+      <c r="N395" s="148"/>
+      <c r="O395" s="148"/>
+      <c r="P395" s="148"/>
+    </row>
+    <row r="396" spans="1:18" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="I396" s="8"/>
+      <c r="J396" s="153"/>
+      <c r="K396" s="8"/>
+      <c r="L396" s="8"/>
+      <c r="M396" s="8"/>
+      <c r="N396" s="8"/>
+      <c r="O396" s="8"/>
+      <c r="P396" s="8"/>
+    </row>
+    <row r="397" spans="1:18" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="I397" s="8"/>
+      <c r="J397" s="106"/>
+      <c r="K397" s="106"/>
+      <c r="L397" s="8"/>
+      <c r="M397" s="154"/>
+      <c r="N397" s="154"/>
+      <c r="O397" s="8"/>
+      <c r="P397" s="8"/>
+      <c r="Q397" s="8"/>
+    </row>
+    <row r="398" spans="1:18" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="I398" s="8"/>
+      <c r="J398" s="8"/>
+      <c r="K398" s="8"/>
+      <c r="L398" s="8"/>
+      <c r="M398" s="8"/>
+      <c r="N398" s="8"/>
+      <c r="O398" s="8"/>
+      <c r="P398" s="8"/>
+      <c r="Q398" s="8"/>
+      <c r="R398" s="8"/>
+    </row>
+    <row r="399" spans="1:18" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="I399" s="154"/>
+      <c r="J399" s="154"/>
+      <c r="K399" s="8"/>
+      <c r="L399" s="8"/>
+    </row>
+    <row r="400" spans="1:18" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="I400" s="154"/>
+      <c r="J400" s="154"/>
+      <c r="K400" s="8"/>
+      <c r="L400" s="8"/>
+    </row>
+    <row r="401" spans="1:17" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A401" s="51"/>
+      <c r="B401" s="147"/>
+      <c r="C401" s="8"/>
+      <c r="D401" s="8"/>
+      <c r="E401" s="8"/>
+      <c r="F401" s="8"/>
+      <c r="G401" s="8"/>
+      <c r="H401" s="8"/>
+      <c r="I401" s="8"/>
+      <c r="J401" s="8"/>
+      <c r="K401" s="8"/>
+      <c r="L401" s="8"/>
+      <c r="M401" s="8"/>
+      <c r="N401" s="8"/>
+      <c r="O401" s="8"/>
+      <c r="P401" s="8"/>
+      <c r="Q401" s="8"/>
+    </row>
+    <row r="402" spans="1:17" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A402" s="146"/>
+      <c r="B402" s="147"/>
+      <c r="C402" s="8"/>
+      <c r="D402" s="8"/>
+      <c r="E402" s="8"/>
+      <c r="F402" s="8"/>
+      <c r="G402" s="8"/>
+      <c r="H402" s="8"/>
+      <c r="I402" s="8"/>
+      <c r="J402" s="8"/>
+      <c r="K402" s="8"/>
+      <c r="L402" s="8"/>
+      <c r="M402" s="8"/>
+      <c r="N402" s="8"/>
+      <c r="O402" s="8"/>
+      <c r="P402" s="8"/>
+    </row>
+    <row r="403" spans="1:17" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A403" s="155"/>
+      <c r="B403" s="147"/>
+      <c r="C403" s="8"/>
+      <c r="D403" s="8"/>
+      <c r="E403" s="8"/>
+      <c r="F403" s="8"/>
+      <c r="G403" s="8"/>
+      <c r="H403" s="8"/>
+      <c r="I403" s="8"/>
+      <c r="J403" s="8"/>
+      <c r="K403" s="8"/>
+      <c r="L403" s="8"/>
+      <c r="M403" s="8"/>
+      <c r="N403" s="8"/>
+      <c r="O403" s="8"/>
+      <c r="P403" s="8"/>
+    </row>
+    <row r="404" spans="1:17" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A404" s="155"/>
+      <c r="C404" s="8"/>
+      <c r="D404" s="8"/>
+      <c r="E404" s="8"/>
+      <c r="F404" s="8"/>
+      <c r="G404" s="8"/>
+      <c r="H404" s="8"/>
+      <c r="I404" s="8"/>
+      <c r="J404" s="8"/>
+      <c r="K404" s="8"/>
+      <c r="L404" s="8"/>
+      <c r="M404" s="8"/>
+      <c r="N404" s="8"/>
+      <c r="O404" s="8"/>
+      <c r="P404" s="8"/>
+    </row>
+    <row r="405" spans="1:17" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A405" s="9"/>
+    </row>
+    <row r="407" spans="1:17" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A407" s="152"/>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A2:A4"/>
     <mergeCell ref="B2:B4"/>
     <mergeCell ref="C2:F2"/>
     <mergeCell ref="Q2:Q4"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:E4"/>
     <mergeCell ref="F3:F4"/>
     <mergeCell ref="G3:G4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Interné</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
@@ -41107,47 +41520,47 @@
     </vt:vector>
   </TitlesOfParts>
   <Company>Ministerstvo financii Slovenskej republiky</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Antalicova Jana</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_4c805978-f532-4a1a-b9e1-4e19c2c6466f_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_4c805978-f532-4a1a-b9e1-4e19c2c6466f_SetDate">
-    <vt:lpwstr>2026-01-07T07:52:13Z</vt:lpwstr>
+    <vt:lpwstr>2026-03-02T13:25:45Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_4c805978-f532-4a1a-b9e1-4e19c2c6466f_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_4c805978-f532-4a1a-b9e1-4e19c2c6466f_Name">
     <vt:lpwstr>Internal</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_4c805978-f532-4a1a-b9e1-4e19c2c6466f_SiteId">
     <vt:lpwstr>579df390-dbff-49fd-8f10-624670566482</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_4c805978-f532-4a1a-b9e1-4e19c2c6466f_ActionId">
-    <vt:lpwstr>2edd1400-a431-43de-bde5-922e1b6eb48a</vt:lpwstr>
+    <vt:lpwstr>6f40cae3-d774-42f6-a878-094e1c725530</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_4c805978-f532-4a1a-b9e1-4e19c2c6466f_ContentBits">
     <vt:lpwstr>2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_4c805978-f532-4a1a-b9e1-4e19c2c6466f_Tag">
     <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>